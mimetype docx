--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -1,52 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="730975DF" w14:textId="77777777" w:rsidR="002C53D6" w:rsidRDefault="00F72926" w:rsidP="002C53D6">
       <w:pPr>
         <w:pStyle w:val="RSCH1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk216443903"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Electrolysis of brine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7800A762" w14:textId="670C37DF" w:rsidR="002C53D6" w:rsidRDefault="002C53D6" w:rsidP="002C53D6">
@@ -138,65 +133,55 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00F114FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="C00000"/>
             <w:sz w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>rsc.li/43bjGql</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="65138B1A" w14:textId="4CFBEEB0" w:rsidR="00AB639C" w:rsidRDefault="00AB639C" w:rsidP="00E20ADA">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
       </w:pPr>
-      <w:commentRangeStart w:id="1"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Learning objectives</w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACB09C7" w14:textId="77777777" w:rsidR="00936C71" w:rsidRPr="0049734A" w:rsidRDefault="00936C71" w:rsidP="00936C71">
       <w:pPr>
         <w:pStyle w:val="RSCLearningobjectives"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Safely investigate the electrolysis of brine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4307D6" w14:textId="2C47000E" w:rsidR="00936C71" w:rsidRPr="0049734A" w:rsidRDefault="00A849BB" w:rsidP="00936C71">
       <w:pPr>
         <w:pStyle w:val="RSCLearningobjectives"/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">State and describe </w:t>
       </w:r>
       <w:r w:rsidR="00555C43">
         <w:t xml:space="preserve">your </w:t>
       </w:r>
       <w:r>
         <w:t>observations for</w:t>
       </w:r>
@@ -344,186 +329,146 @@
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to make detailed observations and</w:t>
       </w:r>
       <w:r w:rsidR="00AA2364">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00040144">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>then attempt to explain what they think is happening.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4905806C" w14:textId="4F945E34" w:rsidR="00362CC1" w:rsidRDefault="003E3E15" w:rsidP="00AB639C">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="2"/>
-      <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Sca</w:t>
       </w:r>
       <w:r w:rsidRPr="008400AB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ffold</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="2"/>
-[...19 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0CB4F3FA" w14:textId="0FDA6FA3" w:rsidR="00CD39CE" w:rsidRDefault="00BB67AA" w:rsidP="00AE6331">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
-          <w:ins w:id="5" w:author="Kirsty Patterson" w:date="2025-12-12T14:13:00Z" w16du:dateUtc="2025-12-12T14:13:00Z"/>
-[...88 lines deleted...]
-    <w:p w14:paraId="167779F5" w14:textId="00DD1D90" w:rsidR="00056090" w:rsidRDefault="00071B22" w:rsidP="00AE6331">
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB67AA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>There are two versions of the student worksheet: scaffolded (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C8102E"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>✪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB67AA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB67AA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>unscaffolded</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB67AA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:color w:val="C8102E"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>✪✪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB67AA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). The scaffolded sheet offers more support to allow learners to access the questions. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD39CE">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The practical requires a large cognitive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD39CE">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>load</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD39CE">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and some learners may struggle to link their observations with the theory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167779F5" w14:textId="6B0C7F33" w:rsidR="00056090" w:rsidRDefault="00071B22" w:rsidP="00AE6331">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This topic requires good </w:t>
       </w:r>
       <w:r w:rsidR="004B5121">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">prior </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>understanding of electrolysis</w:t>
       </w:r>
       <w:r w:rsidR="00E23B26">
@@ -542,138 +487,52 @@
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>properties of ionic compounds and indicators/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>pH.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:del w:id="10" w:author="Kirsty Patterson" w:date="2025-12-12T14:14:00Z" w16du:dateUtc="2025-12-12T14:14:00Z">
-[...86 lines deleted...]
-    <w:p w14:paraId="191664CD" w14:textId="4A99D3EB" w:rsidR="00DE52A4" w:rsidRDefault="00865F18" w:rsidP="00865F18">
+    </w:p>
+    <w:p w14:paraId="191664CD" w14:textId="5978AEDA" w:rsidR="00DE52A4" w:rsidRDefault="00865F18" w:rsidP="00865F18">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00865F18">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Predicting the products during the electrolysis of aqueous solutions is a tough topic</w:t>
       </w:r>
       <w:r w:rsidR="006A18CF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00865F18">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A18CF">
@@ -696,184 +555,126 @@
       </w:r>
       <w:r w:rsidR="00F44595">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>learners</w:t>
       </w:r>
       <w:r w:rsidRPr="00865F18">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BB7DAB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If necessary,</w:t>
       </w:r>
       <w:r w:rsidRPr="00865F18">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> model these rules with a few examples prior to </w:t>
       </w:r>
-      <w:del w:id="11" w:author="Kirsty Patterson" w:date="2025-12-12T14:14:00Z" w16du:dateUtc="2025-12-12T14:14:00Z">
-[...20 lines deleted...]
-      </w:ins>
+      <w:r w:rsidR="00CD39CE">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>learners</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD39CE" w:rsidRPr="00865F18">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00865F18">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>making their predictions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E8006E" w14:textId="2701255B" w:rsidR="005221AE" w:rsidRDefault="005221AE">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
         <w:rPr>
-          <w:ins w:id="13" w:author="Kirsty Patterson" w:date="2025-12-15T12:20:00Z" w16du:dateUtc="2025-12-15T12:20:00Z"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8102E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="14" w:author="Kirsty Patterson" w:date="2025-12-15T12:20:00Z" w16du:dateUtc="2025-12-15T12:20:00Z">
-[...39 lines deleted...]
-    <w:p w14:paraId="7B38F49E" w14:textId="06FBB4A9" w:rsidR="008730CD" w:rsidRDefault="00A84218">
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B38F49E" w14:textId="06FBB4A9" w:rsidR="008730CD" w:rsidRDefault="00A84218" w:rsidP="006B4A3E">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:pPrChange w:id="20" w:author="Kirsty Patterson" w:date="2025-12-12T14:16:00Z" w16du:dateUtc="2025-12-12T14:16:00Z">
-[...3 lines deleted...]
-        </w:pPrChange>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Equipmen</w:t>
       </w:r>
       <w:r w:rsidR="008730CD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:commentReference w:id="17"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F66CAED" w14:textId="77777777" w:rsidR="00A67484" w:rsidRDefault="00A67484" w:rsidP="00A84218">
       <w:pPr>
         <w:pStyle w:val="RSCH3"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A67484" w:rsidSect="00231C1C">
-          <w:headerReference w:type="default" r:id="rId16"/>
-          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="533" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DCACC01" w14:textId="77777777" w:rsidR="00F42051" w:rsidRDefault="002B3028" w:rsidP="00A84218">
       <w:pPr>
         <w:pStyle w:val="RSCH3"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F42051">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
@@ -911,116 +712,94 @@
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765DCD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>U-shaped test tube</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="163D863C" w14:textId="2A6D0755" w:rsidR="00765DCD" w:rsidRPr="00765DCD" w:rsidRDefault="00765DCD" w:rsidP="00765DCD">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765DCD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Clamp and clamp stand</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EBD490" w14:textId="60525D97" w:rsidR="00765DCD" w:rsidRPr="00765DCD" w:rsidRDefault="00765DCD" w:rsidP="00765DCD">
+    <w:p w14:paraId="72EBD490" w14:textId="69BBC26D" w:rsidR="00765DCD" w:rsidRPr="00765DCD" w:rsidRDefault="00765DCD" w:rsidP="00765DCD">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765DCD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Carbon electrodes and electrode holders, x</w:t>
       </w:r>
       <w:r w:rsidR="00BC3E29">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00765DCD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:del w:id="21" w:author="Kirsty Patterson" w:date="2025-12-12T14:38:00Z" w16du:dateUtc="2025-12-12T14:38:00Z">
-[...39 lines deleted...]
-      </w:ins>
+      <w:r w:rsidR="00CA5AAA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AAA" w:rsidRPr="00072297">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>If electrode holders are not available, another suitable means of securing the electrodes could be used. Do not use bungs because the products are gases.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AAA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="65A16AD5" w14:textId="0010D5AB" w:rsidR="00765DCD" w:rsidRPr="00765DCD" w:rsidRDefault="00765DCD" w:rsidP="00765DCD">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765DCD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Electrical leads, x</w:t>
       </w:r>
       <w:r w:rsidR="00BC3E29">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00765DCD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
@@ -1038,64 +817,50 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Power pack (low voltage, DC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FC22E7" w14:textId="0C5E7697" w:rsidR="00E44A7D" w:rsidRPr="00E44A7D" w:rsidRDefault="00E44A7D" w:rsidP="00E44A7D">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44A7D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Beaker, 100 cm</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44A7D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="15BBE4D1" w14:textId="3A5D6E64" w:rsidR="00E44A7D" w:rsidRPr="00E44A7D" w:rsidRDefault="00E44A7D" w:rsidP="00E44A7D">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44A7D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Spatula</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712C8F65" w14:textId="414CE437" w:rsidR="00E44A7D" w:rsidRPr="00E44A7D" w:rsidRDefault="00E44A7D" w:rsidP="00E44A7D">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44A7D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
@@ -1124,1609 +889,867 @@
         </w:rPr>
         <w:t>Chemicals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0B180C" w14:textId="27F7E6ED" w:rsidR="0083637F" w:rsidRPr="0083637F" w:rsidRDefault="0083637F" w:rsidP="0083637F">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083637F">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Sodium chloride (table salt) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D3B10F" w14:textId="78A6EB09" w:rsidR="00500ACF" w:rsidRDefault="00613D46" w:rsidP="00500ACF">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="24" w:author="Kirsty Patterson" w:date="2025-12-12T14:36:00Z" w16du:dateUtc="2025-12-12T14:36:00Z">
-[...50 lines deleted...]
-                      </a:ln>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B700E2" wp14:editId="5011DB56">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1894205</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>11430</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="358030" cy="360000"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1399434626" name="Picture 1" descr="Hazard symbol: flammable"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1399434626" name="Picture 1" descr="Hazard symbol: flammable"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...12 lines deleted...]
-      </w:ins>
+                    </a:blip>
+                    <a:srcRect l="10082" t="3565" r="9373" b="19803"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="358030" cy="360000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r w:rsidR="00500ACF" w:rsidRPr="00500ACF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Universal indicator </w:t>
       </w:r>
       <w:r w:rsidR="00EC2AE9" w:rsidRPr="00500ACF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>solution (</w:t>
       </w:r>
       <w:r w:rsidR="00500ACF" w:rsidRPr="00500ACF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>FLAMMABLE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4583B2D3" w14:textId="1170330B" w:rsidR="00A67484" w:rsidRDefault="00500ACF" w:rsidP="00184C0E">
+    <w:p w14:paraId="4583B2D3" w14:textId="5BA545EA" w:rsidR="00A67484" w:rsidRDefault="00500ACF" w:rsidP="00184C0E">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A67484" w:rsidSect="00A67484">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="533" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00500ACF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Distilled water </w:t>
       </w:r>
-      <w:ins w:id="25" w:author="Kirsty Patterson" w:date="2025-12-12T14:36:00Z" w16du:dateUtc="2025-12-12T14:36:00Z">
-        <w:r w:rsidR="00CF471A">
+      <w:r w:rsidR="00CF471A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF471A" w:rsidRPr="00072297">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>If distilled water is a problem, then tap water could be used. But it may affect the colours produced, especially in areas with hard water.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF471A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DC7EAB" w14:textId="35FDB065" w:rsidR="00A84218" w:rsidRDefault="00A84218" w:rsidP="00184C0E">
+      <w:pPr>
+        <w:pStyle w:val="RSCH2"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00362CC1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and hazards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31649B0F" w14:textId="37C007F9" w:rsidR="0061033A" w:rsidRPr="00FC1752" w:rsidRDefault="0061033A" w:rsidP="006B4A3E">
+      <w:pPr>
+        <w:pStyle w:val="RSCBasictext"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4111D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Read our standard health and safety guidance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061033A">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0061033A">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="C00000"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:br/>
-          <w:t>(</w:t>
+          <w:t>rsc.li/3zyJLkx</w:t>
         </w:r>
-        <w:r w:rsidR="00CF471A" w:rsidRPr="00072297">
-[...79 lines deleted...]
-      </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="0061033A">
         <w:rPr>
           <w:color w:val="C00000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>and carry out a risk assessment before running any live practical.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1523C1E7" w14:textId="5AD61D28" w:rsidR="006C22B1" w:rsidRPr="006C22B1" w:rsidRDefault="006C22B1" w:rsidP="006C22B1">
+    <w:p w14:paraId="1523C1E7" w14:textId="6E781A3A" w:rsidR="006C22B1" w:rsidRPr="006C22B1" w:rsidRDefault="006C22B1" w:rsidP="006C22B1">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="28"/>
       <w:r w:rsidRPr="006C22B1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Wear </w:t>
       </w:r>
       <w:r w:rsidR="002102E3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">safety glasses </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="28"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="006C22B1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>throughout</w:t>
       </w:r>
-      <w:ins w:id="29" w:author="Kirsty Patterson" w:date="2025-12-12T15:01:00Z" w16du:dateUtc="2025-12-12T15:01:00Z">
-[...391 lines deleted...]
-    <w:p w14:paraId="5FD07F8D" w14:textId="2DDDB4A0" w:rsidR="00FC1F80" w:rsidRDefault="00982921" w:rsidP="00FC1F80">
+      <w:r w:rsidR="001275FA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, especially when clearing up the experiment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD07F8D" w14:textId="5C052FA6" w:rsidR="00FC1F80" w:rsidRDefault="00072297" w:rsidP="00FC1F80">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
-          <w:ins w:id="68" w:author="Kirsty Patterson" w:date="2025-12-12T14:37:00Z" w16du:dateUtc="2025-12-12T14:37:00Z"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00072297" w:rsidRPr="00072297">
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The products of the electrolysis of the salt solution are all more hazardous than the starting materials. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464F41CD" w14:textId="64ADCA87" w:rsidR="0054748F" w:rsidRPr="00DA0A3E" w:rsidRDefault="00DC30BE" w:rsidP="000135B8">
+    <w:p w14:paraId="464F41CD" w14:textId="4E01CCEB" w:rsidR="0054748F" w:rsidRPr="00DA0A3E" w:rsidRDefault="00DC30BE" w:rsidP="000135B8">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
-          <w:ins w:id="70" w:author="Kirsty Patterson" w:date="2025-12-12T14:39:00Z" w16du:dateUtc="2025-12-12T14:39:00Z"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="71" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...50 lines deleted...]
-                      </a:ln>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D189626" wp14:editId="351DB768">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>6985</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="357505" cy="359410"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1716856314" name="Picture 1" descr="Hazard symbol: flammable"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1716856314" name="Picture 1" descr="Hazard symbol: flammable"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...12 lines deleted...]
-      </w:ins>
+                    </a:blip>
+                    <a:srcRect l="10082" t="3565" r="9373" b="19803"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="357505" cy="359410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r w:rsidR="00072297" w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Hydrogen</w:t>
       </w:r>
-      <w:ins w:id="72" w:author="Kirsty Patterson" w:date="2025-12-12T14:39:00Z" w16du:dateUtc="2025-12-12T14:39:00Z">
-[...12 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC30BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
-              <w:ins w:id="73" w:author="Kirsty Patterson" w:date="2025-12-15T12:39:00Z" w16du:dateUtc="2025-12-15T12:39:00Z">
-[...4 lines deleted...]
-              </w:ins>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:iCs/>
+              </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <w:ins w:id="74" w:author="Kirsty Patterson" w:date="2025-12-15T12:39:00Z" w16du:dateUtc="2025-12-15T12:39:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+              </w:rPr>
+              <m:t>H</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
-              <w:ins w:id="75" w:author="Kirsty Patterson" w:date="2025-12-15T12:39:00Z" w16du:dateUtc="2025-12-15T12:39:00Z">
-[...4 lines deleted...]
-              </w:ins>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+              </w:rPr>
+              <m:t>2</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
-      <w:ins w:id="76" w:author="Kirsty Patterson" w:date="2025-12-12T14:39:00Z" w16du:dateUtc="2025-12-12T14:39:00Z">
-[...12 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD7647">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="00072297" w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is EXTREMELY FLAMMABLE</w:t>
       </w:r>
-      <w:ins w:id="77" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...55 lines deleted...]
-        </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0054748F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0054748F">
+        <w:t>See CLEAPSS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0054748F">
+        <w:t>Hazcard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0054748F">
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="0054748F" w:rsidRPr="0054748F">
           <w:rPr>
             <w:color w:val="C00000"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HC048</w:t>
         </w:r>
-        <w:r w:rsidR="0054748F" w:rsidRPr="0054748F">
-[...19 lines deleted...]
-      </w:ins>
+      </w:hyperlink>
+      <w:r w:rsidR="0054748F">
+        <w:t xml:space="preserve"> or refer to your local </w:t>
+      </w:r>
+      <w:r>
+        <w:t>safety advisory body.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC30BE">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0ACC63CF" w14:textId="10BC0B30" w:rsidR="00FD31D1" w:rsidRPr="00DA0A3E" w:rsidRDefault="00AB34A3" w:rsidP="00FD31D1">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
-          <w:ins w:id="81" w:author="Kirsty Patterson" w:date="2025-12-12T14:41:00Z" w16du:dateUtc="2025-12-12T14:41:00Z"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="82" w:author="Kirsty Patterson" w:date="2025-12-12T14:58:00Z" w16du:dateUtc="2025-12-12T14:58:00Z">
-[...50 lines deleted...]
-                      </a:ln>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="731FDD6F" wp14:editId="7E2369EC">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4906794</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>5080</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="392430" cy="395605"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="4445"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2094762241" name="Picture 2" descr="Hazard symbol: toxic"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2094762241" name="Picture 2" descr="Hazard symbol: toxic"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...56 lines deleted...]
-                      </a:ln>
+                    </a:blip>
+                    <a:srcRect l="13889" t="3114" r="4963" b="19377"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="392430" cy="395605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E962E04" wp14:editId="22CAFD8B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>10295</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="392430" cy="395605"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="4445"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1714542968" name="Picture 2" descr="Hazard symbol: Dangerous for the environment"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1714542968" name="Picture 2" descr="Hazard symbol: Dangerous for the environment"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...58 lines deleted...]
-                      </a:ln>
+                    </a:blip>
+                    <a:srcRect l="10085" t="2310" r="7628" b="19201"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="392430" cy="395605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38B48994" wp14:editId="6077346D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>544614</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="357505" cy="359410"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="227877781" name="Picture 1" descr="Hazard symbol: corrosive"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="227877781" name="Picture 1" descr="Hazard symbol: corrosive"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...17 lines deleted...]
-      </w:ins>
+                    </a:blip>
+                    <a:srcRect l="7884" t="2021" r="8903" b="18808"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="357505" cy="359410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00FD31D1">
+        <w:t xml:space="preserve">Chlorine, </w:t>
+      </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
-              <w:ins w:id="85" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...4 lines deleted...]
-              </w:ins>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:iCs/>
+              </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <w:ins w:id="86" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+              </w:rPr>
+              <m:t>Cl</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
-              <w:ins w:id="87" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+              </w:rPr>
+              <m:t>2</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
-      <w:ins w:id="88" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...43 lines deleted...]
-        </w:r>
+      <w:r w:rsidR="00FD31D1" w:rsidRPr="00BB3BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+        </w:rPr>
+        <w:t>(g)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD31D1">
+        <w:t>, is TOXIC and DANGEROUS FOR THE ENVIRONMENT</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD31D1">
+        <w:br/>
+        <w:t>See CLEAPSS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FD31D1">
+        <w:t>Hazcard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FD31D1">
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00FD31D1" w:rsidRPr="005947B9">
           <w:rPr>
             <w:color w:val="C00000"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HC022a</w:t>
         </w:r>
-        <w:r w:rsidR="00FD31D1" w:rsidRPr="005947B9">
-[...18 lines deleted...]
-    <w:p w14:paraId="7F221F50" w14:textId="03502CD8" w:rsidR="0035232D" w:rsidRDefault="00072297">
+      </w:hyperlink>
+      <w:r w:rsidR="00FD31D1">
+        <w:t xml:space="preserve"> or refer to your local safety advisory body.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD31D1" w:rsidRPr="00DC30BE">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F221F50" w14:textId="1AFBA4E1" w:rsidR="0035232D" w:rsidRDefault="001F6282" w:rsidP="006B4A3E">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
-          <w:ins w:id="90" w:author="Kirsty Patterson" w:date="2025-12-12T14:56:00Z" w16du:dateUtc="2025-12-12T14:56:00Z"/>
-[...28 lines deleted...]
-      </w:ins>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sodium hydroxide, </w:t>
+      </w:r>
       <m:oMath>
         <m:r>
-          <w:ins w:id="95" w:author="Kirsty Patterson" w:date="2025-12-12T14:55:00Z" w16du:dateUtc="2025-12-12T14:55:00Z">
-[...7 lines deleted...]
-          </w:ins>
+          <m:rPr>
+            <m:sty m:val="p"/>
+          </m:rPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          </w:rPr>
+          <m:t>NaOH</m:t>
         </m:r>
       </m:oMath>
-      <w:ins w:id="96" w:author="Kirsty Patterson" w:date="2025-12-12T14:55:00Z" w16du:dateUtc="2025-12-12T14:55:00Z">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00072297">
+      <w:r>
+        <w:t>(aq),</w:t>
+      </w:r>
+      <w:r w:rsidR="00072297" w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is CORROSIVE. </w:t>
       </w:r>
-      <w:ins w:id="98" w:author="Kirsty Patterson" w:date="2025-12-12T14:55:00Z" w16du:dateUtc="2025-12-12T14:55:00Z">
-[...40 lines deleted...]
-        <w:r w:rsidR="001F6282" w:rsidRPr="005947B9">
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>See CLEAPSS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hazcard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="005947B9">
           <w:rPr>
             <w:color w:val="C00000"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>HC091a</w:t>
         </w:r>
-        <w:r w:rsidR="001F6282" w:rsidRPr="005947B9">
-[...12 lines deleted...]
-    <w:p w14:paraId="0133804A" w14:textId="5106DF74" w:rsidR="00072297" w:rsidRPr="00072297" w:rsidRDefault="00072297">
+      </w:hyperlink>
+      <w:r w:rsidR="0035232D">
+        <w:t xml:space="preserve"> or refer to your local safety advisory body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0133804A" w14:textId="2375B58F" w:rsidR="00072297" w:rsidRPr="00072297" w:rsidRDefault="00072297" w:rsidP="006B4A3E">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:pPrChange w:id="100" w:author="Kirsty Patterson" w:date="2025-12-12T14:38:00Z" w16du:dateUtc="2025-12-12T14:38:00Z">
-[...3 lines deleted...]
-        </w:pPrChange>
       </w:pPr>
       <w:r w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Ensure that the current is turned off a</w:t>
       </w:r>
       <w:r w:rsidR="00446886">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> soon as a trace of chlorine is</w:t>
       </w:r>
-      <w:ins w:id="101" w:author="Kirsty Patterson" w:date="2025-12-12T14:38:00Z" w16du:dateUtc="2025-12-12T14:38:00Z">
-[...14 lines deleted...]
-      </w:del>
+      <w:r w:rsidR="00CA5AAA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
       <w:r w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>etected. </w:t>
-[...8 lines deleted...]
-      </w:del>
+        <w:t>etected. Chlorine can be a problem for asthmatic pupils. If the directions in the procedure notes are followed</w:t>
+      </w:r>
+      <w:r w:rsidR="00446886">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00072297">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chlorine </w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> then very little chlorine is produced. </w:t>
       </w:r>
-      <w:del w:id="105" w:author="Kirsty Patterson" w:date="2025-12-12T15:01:00Z" w16du:dateUtc="2025-12-12T15:01:00Z">
-[...76 lines deleted...]
-      </w:del>
     </w:p>
     <w:p w14:paraId="21CD559E" w14:textId="77777777" w:rsidR="006B247B" w:rsidRDefault="006B247B" w:rsidP="00362CC1">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68C51B21" w14:textId="77777777" w:rsidR="00184C0E" w:rsidRDefault="00184C0E" w:rsidP="00362CC1">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FF13C97" w14:textId="6AF58A3C" w:rsidR="00FD6B4B" w:rsidRDefault="00667F63" w:rsidP="00362CC1">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2819,85 +1842,63 @@
       <w:r w:rsidR="00AC68AA">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="000C1054">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>coloured salt solution into the U-shaped test tube and clamp it as shown in the diagram.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF504D1" w14:textId="77777777" w:rsidR="000C1054" w:rsidRDefault="000C1054" w:rsidP="000C1054">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D9F0FAD" w14:textId="3415BF1C" w:rsidR="000C1054" w:rsidRDefault="002E3755" w:rsidP="0072331F">
+    <w:p w14:paraId="6D9F0FAD" w14:textId="3415BF1C" w:rsidR="000C1054" w:rsidRDefault="00003D83" w:rsidP="0072331F">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="113"/>
-[...1 lines deleted...]
-      <w:commentRangeEnd w:id="114"/>
       <w:r>
-        <w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidR="00003D83">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ADEB9EC" wp14:editId="41516772">
             <wp:extent cx="3186137" cy="3186137"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1380851945" name="Picture 1" descr="A diagram showing the equipment required for the electrolysis of brine or sodium chloride solution, using a U-shaped test tube"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1380851945" name="Picture 1" descr="A diagram showing the equipment required for the electrolysis of brine or sodium chloride solution, using a U-shaped test tube"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -3153,162 +2154,139 @@
       <w:r w:rsidR="006C27BB" w:rsidRPr="006C27BB">
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006C27BB" w:rsidRPr="006C27BB">
         <w:t xml:space="preserve"> colourless. This indicates the presence of chlorine. At the negative electrode the indicator turns purple. The remainder of the solution stays green.</w:t>
       </w:r>
       <w:r w:rsidR="006C27BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="583EEA97" w14:textId="09FED86D" w:rsidR="006C27BB" w:rsidRPr="006C27BB" w:rsidRDefault="006C27BB" w:rsidP="006C27BB">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
       <w:r w:rsidRPr="006C27BB">
         <w:t xml:space="preserve">The product at the negative electrode is hydrogen. This can be difficult for </w:t>
       </w:r>
       <w:r w:rsidR="00CF2D85">
         <w:t>learners</w:t>
       </w:r>
       <w:r w:rsidRPr="006C27BB">
         <w:t xml:space="preserve"> to understand.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BA9AE5" w14:textId="2704114B" w:rsidR="006C27BB" w:rsidRPr="006C27BB" w:rsidRDefault="006C27BB" w:rsidP="006C27BB">
+    <w:p w14:paraId="00BA9AE5" w14:textId="226D43CB" w:rsidR="006C27BB" w:rsidRPr="006C27BB" w:rsidRDefault="006C27BB" w:rsidP="006C27BB">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
       <w:r w:rsidRPr="006C27BB">
         <w:t>Some of the water will ionise, that is, turn to hydrogen (</w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
-              <w:ins w:id="115" w:author="Kirsty Patterson" w:date="2025-12-15T12:40:00Z" w16du:dateUtc="2025-12-15T12:40:00Z">
-[...4 lines deleted...]
-              </w:ins>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
+                <w:iCs/>
+              </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
-              <w:ins w:id="116" w:author="Kirsty Patterson" w:date="2025-12-15T12:40:00Z" w16du:dateUtc="2025-12-15T12:40:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <m:t>H</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
-              <w:ins w:id="117" w:author="Kirsty Patterson" w:date="2025-12-15T12:40:00Z" w16du:dateUtc="2025-12-15T12:40:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <m:t>+</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
-        <m:r>
-[...15 lines deleted...]
-        </m:r>
       </m:oMath>
       <w:r w:rsidRPr="006C27BB">
         <w:t>) and hydroxide (</w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>OH</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>-</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
       <w:r w:rsidRPr="00D93334">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="006C27BB">
         <w:t xml:space="preserve"> ions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D4F639" w14:textId="70A6D585" w:rsidR="006C27BB" w:rsidRPr="006C27BB" w:rsidRDefault="006C27BB" w:rsidP="006C27BB">
+    <w:p w14:paraId="11D4F639" w14:textId="14AD7FED" w:rsidR="006C27BB" w:rsidRPr="006C27BB" w:rsidRDefault="006C27BB" w:rsidP="006C27BB">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
       <w:r w:rsidRPr="006C27BB">
         <w:t xml:space="preserve">When the sodium chloride is dissolved in water, the ions forming the ionic solid separate out. This means that there are </w:t>
       </w:r>
       <w:r w:rsidR="00BA0BE2">
         <w:t>four</w:t>
       </w:r>
       <w:r w:rsidRPr="006C27BB">
         <w:t xml:space="preserve"> ions present in the solution: </w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <m:rPr>
@@ -3401,102 +2379,79 @@
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>+</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
       <w:r w:rsidRPr="005A6BDC">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C27BB">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
-              <w:ins w:id="120" w:author="Kirsty Patterson" w:date="2025-12-15T12:40:00Z" w16du:dateUtc="2025-12-15T12:40:00Z">
-[...4 lines deleted...]
-              </w:ins>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:iCs/>
+              </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
-              <w:ins w:id="121" w:author="Kirsty Patterson" w:date="2025-12-15T12:40:00Z" w16du:dateUtc="2025-12-15T12:40:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+              </w:rPr>
+              <m:t>Cl</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
-              <w:ins w:id="122" w:author="Kirsty Patterson" w:date="2025-12-15T12:40:00Z" w16du:dateUtc="2025-12-15T12:40:00Z">
-[...7 lines deleted...]
-              </w:ins>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+              </w:rPr>
+              <m:t>-</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
-        <m:r>
-[...15 lines deleted...]
-        </m:r>
       </m:oMath>
       <w:r w:rsidRPr="006C27BB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A2E00C" w14:textId="77777777" w:rsidR="00DA1C2A" w:rsidRDefault="006C27BB" w:rsidP="00DA1C2A">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
       <w:r w:rsidRPr="006C27BB">
         <w:t>The negative ions are attracted to the positive electrode. The chloride ions are discharged (giving chlorine) in preference to the hydroxide ions. These are left behind in solution.</w:t>
       </w:r>
       <w:r w:rsidR="00DA1C2A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF0F20C" w14:textId="7F72277E" w:rsidR="00DA1C2A" w:rsidRPr="00DA1C2A" w:rsidRDefault="00DA1C2A" w:rsidP="00DA1C2A">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C2A">
         <w:t>At the negative electrode, the hydrogen ions are discharged (producing hydrogen gas) in preference to the sodium ions. These are also left behind in solution. Thus</w:t>
       </w:r>
       <w:r w:rsidR="003C15FB">
         <w:t>,</w:t>
@@ -3505,51 +2460,51 @@
         <w:t xml:space="preserve"> sodium hydroxide solution remains. This is the cause of the purple colour of the indicator at the negative electrode.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28827D8B" w14:textId="77777777" w:rsidR="00DA1C2A" w:rsidRPr="00DA1C2A" w:rsidRDefault="00DA1C2A" w:rsidP="00DA1C2A">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C2A">
         <w:t>In time, the green colour of the indicator in the middle would change too, as the ions diffuse through the resulting solution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC1CCDF" w14:textId="6DC80CAE" w:rsidR="004E7615" w:rsidRDefault="004E7615" w:rsidP="00362CC1">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Equations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17793C06" w14:textId="0422507C" w:rsidR="004E7615" w:rsidRDefault="00733411" w:rsidP="004E7615">
+    <w:p w14:paraId="17793C06" w14:textId="0422507C" w:rsidR="004E7615" w:rsidRDefault="00537E66" w:rsidP="004E7615">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -3641,51 +2596,51 @@
               </w:rPr>
               <m:t>H</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
       <w:r w:rsidR="00FD68F7" w:rsidRPr="00FD68F7">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> [negative electrode, cathode]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A024B2F" w14:textId="0BD08EBF" w:rsidR="00FD68F7" w:rsidRPr="00FD68F7" w:rsidRDefault="00733411" w:rsidP="00FD68F7">
+    <w:p w14:paraId="5A024B2F" w14:textId="0BD08EBF" w:rsidR="00FD68F7" w:rsidRPr="00FD68F7" w:rsidRDefault="00537E66" w:rsidP="00FD68F7">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -3774,51 +2729,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <m:t>2e</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <m:t>-</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
       <w:r w:rsidR="00FD68F7" w:rsidRPr="00FD68F7">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> [positive electrode, anode]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250B1FCB" w14:textId="597030B6" w:rsidR="00FD68F7" w:rsidRPr="00A7785B" w:rsidRDefault="00733411" w:rsidP="00FD68F7">
+    <w:p w14:paraId="250B1FCB" w14:textId="597030B6" w:rsidR="00FD68F7" w:rsidRPr="00A7785B" w:rsidRDefault="00537E66" w:rsidP="00FD68F7">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -3971,129 +2926,98 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EAF1D91" w14:textId="645BAEDF" w:rsidR="00362CC1" w:rsidRDefault="00362CC1" w:rsidP="00362CC1">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Answers</w:t>
       </w:r>
       <w:r w:rsidR="00071B22">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7281CE" w14:textId="403CFD2D" w:rsidR="00071B22" w:rsidRPr="005D3546" w:rsidRDefault="00E244AB" w:rsidP="0099237C">
+    <w:p w14:paraId="3E7281CE" w14:textId="5F116B35" w:rsidR="00071B22" w:rsidRPr="00650433" w:rsidRDefault="00E244AB" w:rsidP="0099237C">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
-          <w:rPrChange w:id="125" w:author="Kirsty Patterson" w:date="2025-12-15T12:45:00Z" w16du:dateUtc="2025-12-15T12:45:00Z">
-[...23 lines deleted...]
-      <w:r w:rsidR="005968E6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650433">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
+      <w:r w:rsidR="005968E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005968E6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>unscaffolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:del w:id="128" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...16 lines deleted...]
-    <w:p w14:paraId="49EA929A" w14:textId="4F16AFB6" w:rsidR="00071B22" w:rsidRDefault="00733411" w:rsidP="005968E6">
+    </w:p>
+    <w:p w14:paraId="49EA929A" w14:textId="4F16AFB6" w:rsidR="00071B22" w:rsidRDefault="00537E66" w:rsidP="005968E6">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:ins w:id="131" w:author="Kirsty Patterson" w:date="2025-12-15T12:45:00Z" w16du:dateUtc="2025-12-15T12:45:00Z"/>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <m:rPr>
@@ -4307,155 +3231,103 @@
               <m:rPr>
                 <m:sty m:val="b"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <m:t>+</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
       <w:r w:rsidR="00071B22" w:rsidRPr="00EF260B">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="130"/>
-[...11 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="43B8870C" w14:textId="0CF09431" w:rsidR="00E244AB" w:rsidRPr="00BD4AAD" w:rsidDel="005D3546" w:rsidRDefault="00BD4AAD" w:rsidP="00320F79">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:i/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="132" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...13 lines deleted...]
-      </w:ins>
+      <w:r w:rsidRPr="00650433">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>unscaffolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1D27FB26" w14:textId="77777777" w:rsidR="00BD4AAD" w:rsidRDefault="00BD4AAD" w:rsidP="00BD4AAD">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7302E7F2" w14:textId="77777777" w:rsidR="00BD4AAD" w:rsidRPr="005D3546" w:rsidDel="005D3546" w:rsidRDefault="00BD4AAD" w:rsidP="00BD4AAD">
-[...30 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3613E4A5" w14:textId="6718B02F" w:rsidR="00071B22" w:rsidRPr="00320F79" w:rsidRDefault="00071B22" w:rsidP="00BD4AAD">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320F79">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Universal indicator, in the presence of an acid will turn </w:t>
       </w:r>
       <w:r w:rsidRPr="00320F79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -4510,262 +3382,153 @@
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00400A92" w:rsidRPr="00320F79">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B3C6EB6" w14:textId="77777777" w:rsidR="00FD07ED" w:rsidRPr="00FD07ED" w:rsidRDefault="00FD07ED" w:rsidP="00FA675A">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22356B59" w14:textId="77777777" w:rsidR="002D3960" w:rsidRPr="002D3960" w:rsidRDefault="002D3960" w:rsidP="002D3960">
+    <w:p w14:paraId="22356B59" w14:textId="279D657D" w:rsidR="002D3960" w:rsidRPr="00650433" w:rsidRDefault="002D3960" w:rsidP="002D3960">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
-          <w:rPrChange w:id="138" w:author="Kirsty Patterson" w:date="2025-12-15T12:45:00Z" w16du:dateUtc="2025-12-15T12:45:00Z">
-[...37 lines deleted...]
-      </w:del>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650433">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7170B6FB" w14:textId="77EEF8C0" w:rsidR="00D4679E" w:rsidRPr="00BC2F74" w:rsidRDefault="00D4679E" w:rsidP="002D3960">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblPrChange w:id="143" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...14 lines deleted...]
-        </w:tblPrChange>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2258"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2689"/>
-        <w:tblGridChange w:id="144">
-[...6 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00D4679E" w14:paraId="0A8543C2" w14:textId="77777777" w:rsidTr="00D4679E">
+      <w:tr w:rsidR="00D4679E" w14:paraId="0A8543C2" w14:textId="77777777" w:rsidTr="00650433">
         <w:trPr>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
-          <w:ins w:id="145" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z"/>
-[...6 lines deleted...]
-          </w:trPrChange>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F6E0C0"/>
             <w:vAlign w:val="center"/>
-            <w:tcPrChange w:id="147" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...11 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="70E71C87" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRPr="002D0D12" w:rsidRDefault="00D4679E" w:rsidP="00D4679E">
+          <w:p w14:paraId="70E71C87" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRPr="00650433" w:rsidRDefault="00D4679E" w:rsidP="00D4679E">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="148" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w:rPrChange w:id="149" w:author="Kirsty Patterson" w:date="2025-12-12T17:31:00Z" w16du:dateUtc="2025-12-12T17:31:00Z">
-[...9 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="151" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z">
-[...18 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00650433">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>anode</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:tcPrChange w:id="153" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...8 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="6D3E6D16" w14:textId="4C2F2D7F" w:rsidR="00D4679E" w:rsidRDefault="00D4679E" w:rsidP="007149AB">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="154" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21A95B39" wp14:editId="3C2B0818">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-60325</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>87630</wp:posOffset>
@@ -4821,332 +3584,220 @@
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="0A6D8BE1" id="Straight Connector 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:x y;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-4.75pt,6.9pt" to="93.45pt,6.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATLC59rQEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2wHxToYcXpo0e0w&#10;tMW+7qpMxUIlUZDU2Pn3o+TEHba1h6IXgSb5HvlIenMxWcP2EKJG1/FmVXMGTmKv3a7jP39cf/jE&#10;WUzC9cKgg44fIPKL7ft3m9G3sMYBTQ+BEYmL7eg7PqTk26qKcgAr4go9OAoqDFYk+gy7qg9iJHZr&#10;qnVdf6xGDL0PKCFG8l7NQb4t/EqBTLdKRUjMdJx6S+UN5b3Pb7XdiHYXhB+0PLYhXtGFFdpR0YXq&#10;SiTBHoP+h8pqGTCiSiuJtkKltISigdQ09V9qvg/CQ9FCw4l+GVN8O1p5s790d4HGMPrYRn8XsopJ&#10;BcuU0f4L7ZQX61e2cox6ZlMZ4GEZIEyJSXI267Pz5ozmLE+xaibLQB9i+gxoWTY6brTL2kQr9l9j&#10;ogYo9ZSS3cZl31NXxUoHA3PwGyime6q5LiTlYODSBLYXtOr+ocmrJUrjKDNDlDZmAdUvg465GQbl&#10;iBbgPINnqy3ZpSK6tACtdhj+VzVNp1bVnH9SPWvNsu+xP5QdlXHQJRRlx6vNp/bnd4E//Vvb3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhANisPv/bAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNxaBxBVG+JUbSQOiAu0/QA33iYBex3ZTpvy9WzFgR53ZjT7pliOzoojhth5UvAwzUAg&#10;1d501CjYbV8ncxAxaTLaekIFZ4ywLG9vCp0bf6JPPG5SI7iEYq4VtCn1uZSxbtHpOPU9EnsHH5xO&#10;fIZGmqBPXO6sfMyymXS6I/7Q6h6rFuvvzeAUvLnqbOwXDYf3SGMlQ/MT1h9K3d+NqxcQCcf0H4YL&#10;PqNDyUx7P5CJwiqYLJ45yfoTL7j489kCxP5PkGUhrweUvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQATLC59rQEAAKMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDYrD7/2wAAAAgBAAAPAAAAAAAAAAAAAAAAAAcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAADwUAAAAA&#10;" strokecolor="black [3200]" strokeweight="1pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:tcPrChange w:id="155" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...10 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="0EEBE38D" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRDefault="00D4679E" w:rsidP="00D4679E">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="156" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="157" w:author="Kirsty Patterson" w:date="2025-12-12T17:26:00Z" w16du:dateUtc="2025-12-12T17:26:00Z">
-[...37 lines deleted...]
-            </w:ins>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>positive electrode</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D4679E" w14:paraId="31E2F3B9" w14:textId="77777777" w:rsidTr="00D4679E">
         <w:trPr>
           <w:trHeight w:val="275"/>
           <w:jc w:val="center"/>
-          <w:ins w:id="160" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35853169" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRPr="002D0D12" w:rsidRDefault="00D4679E" w:rsidP="007149AB">
+          <w:p w14:paraId="35853169" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRPr="00650433" w:rsidRDefault="00D4679E" w:rsidP="007149AB">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="161" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w:rPrChange w:id="162" w:author="Kirsty Patterson" w:date="2025-12-12T17:31:00Z" w16du:dateUtc="2025-12-12T17:31:00Z">
-[...9 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51C54B01" w14:textId="11958D2C" w:rsidR="00D4679E" w:rsidRDefault="00D4679E" w:rsidP="007149AB">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="164" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18DB589B" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRDefault="00D4679E" w:rsidP="007149AB">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="165" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D4679E" w14:paraId="6B82416E" w14:textId="77777777" w:rsidTr="00D4679E">
+      <w:tr w:rsidR="00D4679E" w14:paraId="6B82416E" w14:textId="77777777" w:rsidTr="00650433">
         <w:trPr>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
-          <w:ins w:id="166" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z"/>
-[...6 lines deleted...]
-          </w:trPrChange>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F6E0C0"/>
             <w:vAlign w:val="center"/>
-            <w:tcPrChange w:id="168" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...11 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="6AACC9A2" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRPr="002D0D12" w:rsidRDefault="00D4679E" w:rsidP="00D4679E">
+          <w:p w14:paraId="6AACC9A2" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRPr="00650433" w:rsidRDefault="00D4679E" w:rsidP="00D4679E">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="169" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
-                <w:rPrChange w:id="170" w:author="Kirsty Patterson" w:date="2025-12-12T17:31:00Z" w16du:dateUtc="2025-12-12T17:31:00Z">
-[...9 lines deleted...]
-                </w:rPrChange>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="172" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z">
-[...18 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00650433">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>cathode</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="C8102E"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:tcPrChange w:id="174" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...8 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="01C04C5C" w14:textId="7F2C737C" w:rsidR="00D4679E" w:rsidRDefault="00C30868" w:rsidP="007149AB">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="175" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="200C03D1" wp14:editId="41E2C7EE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-71120</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>93345</wp:posOffset>
@@ -5202,92 +3853,77 @@
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="3E042641" id="Straight Connector 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:x;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-5.6pt,7.35pt" to="93pt,7.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkIQNCpwEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvQfoPxC815IFtAgEyz4kaHII&#10;miBtPoChhhZRbhgylvz3GVK2UqTLoeiFIGd5M+/NcLObrGEHwKi96/h6VXMGTvpeu33Hn75/+XjJ&#10;WUzC9cJ4Bx0/QuS77YeLzRhaaPzgTQ/ICMTFdgwdH1IKbVVFOYAVceUDOHIqj1YkeuK+6lGMhG5N&#10;1dT152r02Af0EmIk6/Xs5NuCrxTIdK9UhMRMx6m3VE4s53M+q+1GtHsUYdDy1Ib4hy6s0I6KLlDX&#10;Ign2gvoXKKsl+uhVWklvK6+UllA4EJt1/Y7Nt0EEKFxInBgWmeL/g5VfD1fuAUmGMcQ2hgfMLCaF&#10;limjwy3NtPCiTtlUZDsussGUmCTjuvnUNA2pK8++aobIUAFjugFvWb503GiXGYlWHO5iorIUeg7J&#10;ZuOy7a2XcktHA7PzERTTPdVsCkhZE7gyyA6CBtz/WOeBEqRxFJlTlDZmSar/nnSKzWlQVmdJnDX4&#10;Y7UlulT0Li2JVjuPv6uapnOrao4/s565ZtrPvj+WyRQ5aP6F2WlX84L9/C7pbz9q+woAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANq/KsvaAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNxaJwW1UYhTQSXEpZe2fIAbb+OIeB3Zbmv+nq04wHFnnmZnmnV2o7hgiIMnBeW8AIHUeTNQr+Dz&#10;8D6rQMSkyejREyr4xgjr9v6u0bXxV9rhZZ96wSEUa63ApjTVUsbOotNx7ick9k4+OJ34DL00QV85&#10;3I1yURRL6fRA/MHqCTcWu6/92Slwm4/V1u+qnLcxmPh2ekrWkVKPD/n1BUTCnP5guNXn6tByp6M/&#10;k4liVDArywWjbDyvQNyAasnjjr+CbBv5f0H7AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKQhA0KnAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANq/KsvaAAAACQEAAA8AAAAAAAAAAAAAAAAAAQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAIBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="1pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="F6E0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:tcPrChange w:id="176" w:author="Kirsty Patterson" w:date="2025-12-12T17:44:00Z" w16du:dateUtc="2025-12-12T17:44:00Z">
-[...10 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="493E063E" w14:textId="77777777" w:rsidR="00D4679E" w:rsidRDefault="00D4679E" w:rsidP="00D4679E">
             <w:pPr>
               <w:pStyle w:val="RSCH2"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:ins w:id="177" w:author="Kirsty Patterson" w:date="2025-12-12T17:25:00Z" w16du:dateUtc="2025-12-12T17:25:00Z"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="178" w:author="Kirsty Patterson" w:date="2025-12-12T17:26:00Z" w16du:dateUtc="2025-12-12T17:26:00Z">
-[...11 lines deleted...]
-            </w:ins>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>negative electrode</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31E69B91" w14:textId="77777777" w:rsidR="004B6537" w:rsidRDefault="00BB62B6" w:rsidP="00F66CD2">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5358,117 +3994,95 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Negative electrode: </w:t>
       </w:r>
       <w:r w:rsidRPr="00157890">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>cathode</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B24149" w14:textId="608569A8" w:rsidR="00BB62B6" w:rsidRPr="00BB62B6" w:rsidRDefault="00BB62B6" w:rsidP="00BB62B6">
+    <w:p w14:paraId="16B24149" w14:textId="5C4B29A0" w:rsidR="00BB62B6" w:rsidRPr="00BB62B6" w:rsidRDefault="00BB62B6" w:rsidP="00BB62B6">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="179" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...14 lines deleted...]
-      <w:r w:rsidR="00B67D57">
+      <w:r w:rsidRPr="00650433">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67D57">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B67D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>unscaffolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B67D57">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:del w:id="181" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...13 lines deleted...]
-      </w:del>
     </w:p>
     <w:p w14:paraId="6190F56D" w14:textId="77777777" w:rsidR="00BB62B6" w:rsidRDefault="00BB62B6" w:rsidP="00BB62B6">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A55DFAE" w14:textId="6219983D" w:rsidR="00BB62B6" w:rsidRPr="00206A1A" w:rsidRDefault="00B67D57" w:rsidP="00BB62B6">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -5497,65 +4111,58 @@
     <w:p w14:paraId="569BE243" w14:textId="77777777" w:rsidR="00205CE5" w:rsidRPr="00205CE5" w:rsidRDefault="00205CE5" w:rsidP="00FA675A">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="375831CE" w14:textId="77777777" w:rsidR="00E90E84" w:rsidRPr="00BD4AAD" w:rsidRDefault="00E90E84" w:rsidP="00E90E84">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="183" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...13 lines deleted...]
-      </w:ins>
+      <w:r w:rsidRPr="00650433">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>unscaffolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="68F9C1B4" w14:textId="77777777" w:rsidR="00E90E84" w:rsidRDefault="00E90E84" w:rsidP="00E90E84">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -5767,65 +4374,58 @@
       </m:oMath>
     </w:p>
     <w:p w14:paraId="6A72351F" w14:textId="77777777" w:rsidR="0072022E" w:rsidRDefault="0072022E" w:rsidP="006B7B3C">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="686C5D00" w14:textId="77777777" w:rsidR="0012279F" w:rsidRPr="00BD4AAD" w:rsidRDefault="0012279F" w:rsidP="0012279F">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="185" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...13 lines deleted...]
-      </w:ins>
+      <w:r w:rsidRPr="00650433">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>unscaffolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5E33FFAB" w14:textId="77777777" w:rsidR="0012279F" w:rsidRDefault="0012279F" w:rsidP="0012279F">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -6094,65 +4694,58 @@
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005968E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE418FE" w14:textId="77777777" w:rsidR="0012279F" w:rsidRPr="00BD4AAD" w:rsidRDefault="0012279F" w:rsidP="0012279F">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="187" w:author="Kirsty Patterson" w:date="2025-12-15T12:44:00Z" w16du:dateUtc="2025-12-15T12:44:00Z">
-[...13 lines deleted...]
-      </w:ins>
+      <w:r w:rsidRPr="00650433">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Scaffolded</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>unscaffolded</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="78196FFB" w14:textId="77777777" w:rsidR="00824DA6" w:rsidRDefault="00824DA6" w:rsidP="00824DA6">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -6407,157 +5000,62 @@
         </w:rPr>
         <w:t>purple.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77853BEF" w14:textId="3E001ACF" w:rsidR="005146F9" w:rsidDel="00433CFE" w:rsidRDefault="00902D21">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:color w:val="C8102E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2511505E" w14:textId="77777777" w:rsidR="005146F9" w:rsidDel="00433CFE" w:rsidRDefault="005146F9" w:rsidP="00902D21">
+    <w:p w14:paraId="798AC574" w14:textId="75A8652D" w:rsidR="00D444BA" w:rsidRPr="00C47D52" w:rsidRDefault="004E536C" w:rsidP="00902D21">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:spacing w:before="0"/>
-        <w:rPr>
-[...20 lines deleted...]
-        </w:pPrChange>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Further questions – observations and results</w:t>
       </w:r>
-      <w:del w:id="192" w:author="Kirsty Patterson" w:date="2025-12-15T12:46:00Z" w16du:dateUtc="2025-12-15T12:46:00Z">
-[...72 lines deleted...]
-      </w:del>
     </w:p>
     <w:p w14:paraId="212B0467" w14:textId="59A7F9D5" w:rsidR="00C47D52" w:rsidRPr="00C47D52" w:rsidRDefault="00C47D52" w:rsidP="00C47D52">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The anode is the positive electrode and therefore was the right/left electrode. I know this as we observed bubbles at both electrodes. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>However</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the anode turned red initially and was then bleached </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -6698,450 +5196,64 @@
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Initially, the middle of the U-shaped test tube was green. However, over time the colour changed to red/purple. This is due to the diffusion of the ions over time. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C47D52" w:rsidRPr="00CD5E3C" w:rsidSect="00A67484">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="533" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...384 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CAF223C" w14:textId="77777777" w:rsidR="00FE0645" w:rsidRDefault="00FE0645" w:rsidP="008A1B0B">
+    <w:p w14:paraId="0FA3D19D" w14:textId="77777777" w:rsidR="006E53F1" w:rsidRDefault="006E53F1" w:rsidP="008A1B0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F550EFE" w14:textId="77777777" w:rsidR="00FE0645" w:rsidRDefault="00FE0645" w:rsidP="008A1B0B">
+    <w:p w14:paraId="03556CCA" w14:textId="77777777" w:rsidR="006E53F1" w:rsidRDefault="006E53F1" w:rsidP="008A1B0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7328,61 +5440,61 @@
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="001C6249">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Royal Society of Chemistry</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0ABD6142" w14:textId="77777777" w:rsidR="00FE0645" w:rsidRDefault="00FE0645" w:rsidP="008A1B0B">
+    <w:p w14:paraId="7A5B0191" w14:textId="77777777" w:rsidR="006E53F1" w:rsidRDefault="006E53F1" w:rsidP="008A1B0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="694ACBFC" w14:textId="77777777" w:rsidR="00FE0645" w:rsidRDefault="00FE0645" w:rsidP="008A1B0B">
+    <w:p w14:paraId="1B6B6903" w14:textId="77777777" w:rsidR="006E53F1" w:rsidRDefault="006E53F1" w:rsidP="008A1B0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54AB0CAA" w14:textId="798B68F6" w:rsidR="008A1B0B" w:rsidRDefault="00741ECD" w:rsidP="00973447">
     <w:pPr>
       <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="-850"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -9010,64 +7122,53 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="690298462">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1358041400">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1938757323">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1629431051">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="679897558">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A5740C"/>
@@ -9100,50 +7201,52 @@
     <w:rsid w:val="000B0FE6"/>
     <w:rsid w:val="000C075E"/>
     <w:rsid w:val="000C1054"/>
     <w:rsid w:val="000E5F58"/>
     <w:rsid w:val="000E69F9"/>
     <w:rsid w:val="000F24CF"/>
     <w:rsid w:val="001037D0"/>
     <w:rsid w:val="00106210"/>
     <w:rsid w:val="00115719"/>
     <w:rsid w:val="00116383"/>
     <w:rsid w:val="00117F53"/>
     <w:rsid w:val="0012279F"/>
     <w:rsid w:val="001246F5"/>
     <w:rsid w:val="001275FA"/>
     <w:rsid w:val="001306C6"/>
     <w:rsid w:val="00147C7A"/>
     <w:rsid w:val="0015499B"/>
     <w:rsid w:val="00157890"/>
     <w:rsid w:val="0016369D"/>
     <w:rsid w:val="00166B7F"/>
     <w:rsid w:val="001733AE"/>
     <w:rsid w:val="00176D6B"/>
     <w:rsid w:val="00177383"/>
     <w:rsid w:val="00182790"/>
     <w:rsid w:val="00184C0E"/>
+    <w:rsid w:val="00184C91"/>
+    <w:rsid w:val="001A6C18"/>
     <w:rsid w:val="001C0D49"/>
     <w:rsid w:val="001C4908"/>
     <w:rsid w:val="001D27CE"/>
     <w:rsid w:val="001E262D"/>
     <w:rsid w:val="001F2442"/>
     <w:rsid w:val="001F476C"/>
     <w:rsid w:val="001F6282"/>
     <w:rsid w:val="001F708C"/>
     <w:rsid w:val="001F7532"/>
     <w:rsid w:val="00205CE5"/>
     <w:rsid w:val="00206A1A"/>
     <w:rsid w:val="002102E3"/>
     <w:rsid w:val="00210BEE"/>
     <w:rsid w:val="00211E90"/>
     <w:rsid w:val="00217189"/>
     <w:rsid w:val="00221A80"/>
     <w:rsid w:val="00230B81"/>
     <w:rsid w:val="00231C1C"/>
     <w:rsid w:val="00234B98"/>
     <w:rsid w:val="0023536A"/>
     <w:rsid w:val="002369C7"/>
     <w:rsid w:val="00241C38"/>
     <w:rsid w:val="002456EF"/>
     <w:rsid w:val="00246BB2"/>
     <w:rsid w:val="002579A5"/>
@@ -9189,170 +7292,177 @@
     <w:rsid w:val="003914CA"/>
     <w:rsid w:val="003A365A"/>
     <w:rsid w:val="003A56ED"/>
     <w:rsid w:val="003A6537"/>
     <w:rsid w:val="003B10C2"/>
     <w:rsid w:val="003B5C36"/>
     <w:rsid w:val="003B7AEA"/>
     <w:rsid w:val="003C15FB"/>
     <w:rsid w:val="003D7538"/>
     <w:rsid w:val="003E3E15"/>
     <w:rsid w:val="003E5776"/>
     <w:rsid w:val="003F2EF3"/>
     <w:rsid w:val="00400A92"/>
     <w:rsid w:val="004034DB"/>
     <w:rsid w:val="00410B4A"/>
     <w:rsid w:val="00422EC0"/>
     <w:rsid w:val="00433CFE"/>
     <w:rsid w:val="004425D7"/>
     <w:rsid w:val="00446886"/>
     <w:rsid w:val="0046389A"/>
     <w:rsid w:val="0046600A"/>
     <w:rsid w:val="00467C48"/>
     <w:rsid w:val="00470BC4"/>
     <w:rsid w:val="00480DFF"/>
     <w:rsid w:val="004846B0"/>
+    <w:rsid w:val="00485E77"/>
     <w:rsid w:val="004976BD"/>
     <w:rsid w:val="004A1BA3"/>
     <w:rsid w:val="004A6934"/>
     <w:rsid w:val="004A6C93"/>
     <w:rsid w:val="004B43B6"/>
     <w:rsid w:val="004B5121"/>
     <w:rsid w:val="004B6537"/>
     <w:rsid w:val="004B789E"/>
     <w:rsid w:val="004C010B"/>
     <w:rsid w:val="004C364E"/>
     <w:rsid w:val="004C62A3"/>
     <w:rsid w:val="004D46C0"/>
     <w:rsid w:val="004D4992"/>
     <w:rsid w:val="004E536C"/>
     <w:rsid w:val="004E71FF"/>
     <w:rsid w:val="004E7615"/>
     <w:rsid w:val="004F69AD"/>
     <w:rsid w:val="00500ACF"/>
     <w:rsid w:val="00503392"/>
     <w:rsid w:val="00506E18"/>
     <w:rsid w:val="005146F9"/>
     <w:rsid w:val="005154E4"/>
     <w:rsid w:val="00516F80"/>
     <w:rsid w:val="005179C4"/>
     <w:rsid w:val="0052176C"/>
     <w:rsid w:val="005221AE"/>
     <w:rsid w:val="00523000"/>
     <w:rsid w:val="00525B8C"/>
     <w:rsid w:val="005349E8"/>
     <w:rsid w:val="00536414"/>
+    <w:rsid w:val="00537E66"/>
     <w:rsid w:val="00541FE5"/>
     <w:rsid w:val="0054748F"/>
     <w:rsid w:val="00555C43"/>
     <w:rsid w:val="005563F4"/>
     <w:rsid w:val="00560449"/>
     <w:rsid w:val="00560B1F"/>
     <w:rsid w:val="00564500"/>
     <w:rsid w:val="005774D6"/>
     <w:rsid w:val="00581ACD"/>
     <w:rsid w:val="005820B0"/>
     <w:rsid w:val="005968E6"/>
     <w:rsid w:val="0059740C"/>
     <w:rsid w:val="005A6BDC"/>
     <w:rsid w:val="005C79AA"/>
     <w:rsid w:val="005D3546"/>
     <w:rsid w:val="005F0459"/>
     <w:rsid w:val="005F452D"/>
     <w:rsid w:val="005F54C1"/>
     <w:rsid w:val="00610012"/>
     <w:rsid w:val="0061033A"/>
     <w:rsid w:val="00612D56"/>
     <w:rsid w:val="00613D46"/>
     <w:rsid w:val="0062716C"/>
+    <w:rsid w:val="00650433"/>
     <w:rsid w:val="00657137"/>
     <w:rsid w:val="006613C8"/>
     <w:rsid w:val="0066209B"/>
     <w:rsid w:val="00665E7E"/>
     <w:rsid w:val="00666F71"/>
     <w:rsid w:val="00667F63"/>
     <w:rsid w:val="006820BE"/>
     <w:rsid w:val="00685BB1"/>
     <w:rsid w:val="00687AF5"/>
     <w:rsid w:val="006A100A"/>
     <w:rsid w:val="006A1445"/>
     <w:rsid w:val="006A18CF"/>
     <w:rsid w:val="006A271A"/>
     <w:rsid w:val="006B247B"/>
+    <w:rsid w:val="006B4A3E"/>
     <w:rsid w:val="006B7B3C"/>
+    <w:rsid w:val="006C0084"/>
     <w:rsid w:val="006C0A22"/>
     <w:rsid w:val="006C13A0"/>
     <w:rsid w:val="006C22B1"/>
     <w:rsid w:val="006C270C"/>
     <w:rsid w:val="006C27BB"/>
     <w:rsid w:val="006C2A4D"/>
     <w:rsid w:val="006C2E91"/>
     <w:rsid w:val="006C3793"/>
     <w:rsid w:val="006C7B0F"/>
     <w:rsid w:val="006D6991"/>
     <w:rsid w:val="006D790E"/>
     <w:rsid w:val="006E1731"/>
+    <w:rsid w:val="006E53F1"/>
     <w:rsid w:val="006E68D0"/>
     <w:rsid w:val="006E7100"/>
     <w:rsid w:val="006F405D"/>
     <w:rsid w:val="006F4A20"/>
     <w:rsid w:val="007032FE"/>
     <w:rsid w:val="007042E5"/>
     <w:rsid w:val="00713FCC"/>
     <w:rsid w:val="0072022E"/>
     <w:rsid w:val="0072331F"/>
     <w:rsid w:val="007358C8"/>
     <w:rsid w:val="00737C26"/>
     <w:rsid w:val="00741ECD"/>
     <w:rsid w:val="007424D7"/>
     <w:rsid w:val="00746D9A"/>
     <w:rsid w:val="00757152"/>
     <w:rsid w:val="00764810"/>
     <w:rsid w:val="00764B76"/>
     <w:rsid w:val="00765DCD"/>
     <w:rsid w:val="0076771F"/>
     <w:rsid w:val="007778E3"/>
     <w:rsid w:val="0077793C"/>
     <w:rsid w:val="0078331B"/>
     <w:rsid w:val="007859BF"/>
     <w:rsid w:val="00793A37"/>
     <w:rsid w:val="00794C46"/>
     <w:rsid w:val="0079778E"/>
     <w:rsid w:val="007A2172"/>
     <w:rsid w:val="007A3808"/>
     <w:rsid w:val="007B207B"/>
     <w:rsid w:val="007B3184"/>
     <w:rsid w:val="007C64BC"/>
     <w:rsid w:val="007D25DE"/>
     <w:rsid w:val="007E43E5"/>
     <w:rsid w:val="007E5273"/>
     <w:rsid w:val="007F09D1"/>
     <w:rsid w:val="007F2DCA"/>
     <w:rsid w:val="007F4D98"/>
     <w:rsid w:val="00800438"/>
     <w:rsid w:val="0080546C"/>
     <w:rsid w:val="00813905"/>
+    <w:rsid w:val="008219B9"/>
     <w:rsid w:val="0082235F"/>
     <w:rsid w:val="00824A22"/>
     <w:rsid w:val="00824DA6"/>
     <w:rsid w:val="00827F8A"/>
     <w:rsid w:val="00835B9C"/>
     <w:rsid w:val="0083637F"/>
     <w:rsid w:val="008400AB"/>
     <w:rsid w:val="00841A83"/>
     <w:rsid w:val="00842F33"/>
     <w:rsid w:val="00855C7B"/>
     <w:rsid w:val="0085613B"/>
     <w:rsid w:val="00857BB0"/>
     <w:rsid w:val="008659AE"/>
     <w:rsid w:val="00865F18"/>
     <w:rsid w:val="00870DC8"/>
     <w:rsid w:val="008730CD"/>
     <w:rsid w:val="0087664D"/>
     <w:rsid w:val="008830DE"/>
     <w:rsid w:val="0089187A"/>
     <w:rsid w:val="00896F47"/>
     <w:rsid w:val="008A1B0B"/>
     <w:rsid w:val="008B49FB"/>
     <w:rsid w:val="008C0669"/>
     <w:rsid w:val="008C5219"/>
     <w:rsid w:val="008D1F66"/>
@@ -9361,50 +7471,51 @@
     <w:rsid w:val="00902D21"/>
     <w:rsid w:val="00906081"/>
     <w:rsid w:val="009071D3"/>
     <w:rsid w:val="00907759"/>
     <w:rsid w:val="00912204"/>
     <w:rsid w:val="00916BEB"/>
     <w:rsid w:val="00920C03"/>
     <w:rsid w:val="0092436B"/>
     <w:rsid w:val="00927F20"/>
     <w:rsid w:val="00934DF8"/>
     <w:rsid w:val="0093561A"/>
     <w:rsid w:val="00936C71"/>
     <w:rsid w:val="009375E0"/>
     <w:rsid w:val="009413B1"/>
     <w:rsid w:val="00942F9D"/>
     <w:rsid w:val="00943BE1"/>
     <w:rsid w:val="00947765"/>
     <w:rsid w:val="00954625"/>
     <w:rsid w:val="009615A1"/>
     <w:rsid w:val="00972756"/>
     <w:rsid w:val="00973447"/>
     <w:rsid w:val="00982921"/>
     <w:rsid w:val="0099237C"/>
     <w:rsid w:val="009A3093"/>
     <w:rsid w:val="009A5FE4"/>
+    <w:rsid w:val="009B558D"/>
     <w:rsid w:val="009D1BB9"/>
     <w:rsid w:val="009D546C"/>
     <w:rsid w:val="009E6A5C"/>
     <w:rsid w:val="00A01345"/>
     <w:rsid w:val="00A05F5C"/>
     <w:rsid w:val="00A15962"/>
     <w:rsid w:val="00A177A3"/>
     <w:rsid w:val="00A2795C"/>
     <w:rsid w:val="00A324D5"/>
     <w:rsid w:val="00A33B79"/>
     <w:rsid w:val="00A34D68"/>
     <w:rsid w:val="00A40C09"/>
     <w:rsid w:val="00A469F0"/>
     <w:rsid w:val="00A5348B"/>
     <w:rsid w:val="00A55D0E"/>
     <w:rsid w:val="00A571EB"/>
     <w:rsid w:val="00A5740C"/>
     <w:rsid w:val="00A606D4"/>
     <w:rsid w:val="00A60B90"/>
     <w:rsid w:val="00A64BF1"/>
     <w:rsid w:val="00A66348"/>
     <w:rsid w:val="00A67484"/>
     <w:rsid w:val="00A70347"/>
     <w:rsid w:val="00A725C3"/>
     <w:rsid w:val="00A7785B"/>
@@ -9439,50 +7550,51 @@
     <w:rsid w:val="00B4111D"/>
     <w:rsid w:val="00B5330B"/>
     <w:rsid w:val="00B5461B"/>
     <w:rsid w:val="00B55A85"/>
     <w:rsid w:val="00B67A03"/>
     <w:rsid w:val="00B67D57"/>
     <w:rsid w:val="00B71E66"/>
     <w:rsid w:val="00B721F1"/>
     <w:rsid w:val="00B75EB8"/>
     <w:rsid w:val="00B9104C"/>
     <w:rsid w:val="00BA0BE2"/>
     <w:rsid w:val="00BB3BC2"/>
     <w:rsid w:val="00BB62B6"/>
     <w:rsid w:val="00BB67AA"/>
     <w:rsid w:val="00BB7DAB"/>
     <w:rsid w:val="00BC2F74"/>
     <w:rsid w:val="00BC3E29"/>
     <w:rsid w:val="00BC5741"/>
     <w:rsid w:val="00BD1443"/>
     <w:rsid w:val="00BD4AAD"/>
     <w:rsid w:val="00BD5C6F"/>
     <w:rsid w:val="00BD7647"/>
     <w:rsid w:val="00BF2021"/>
     <w:rsid w:val="00BF610B"/>
     <w:rsid w:val="00BF693F"/>
+    <w:rsid w:val="00C01E70"/>
     <w:rsid w:val="00C101F5"/>
     <w:rsid w:val="00C15777"/>
     <w:rsid w:val="00C16386"/>
     <w:rsid w:val="00C16AB2"/>
     <w:rsid w:val="00C1703F"/>
     <w:rsid w:val="00C23A45"/>
     <w:rsid w:val="00C27EEC"/>
     <w:rsid w:val="00C30868"/>
     <w:rsid w:val="00C322CA"/>
     <w:rsid w:val="00C34AB1"/>
     <w:rsid w:val="00C363BD"/>
     <w:rsid w:val="00C40907"/>
     <w:rsid w:val="00C47D52"/>
     <w:rsid w:val="00C54B2E"/>
     <w:rsid w:val="00C56870"/>
     <w:rsid w:val="00C6122F"/>
     <w:rsid w:val="00C644EC"/>
     <w:rsid w:val="00C82995"/>
     <w:rsid w:val="00C848BA"/>
     <w:rsid w:val="00C96066"/>
     <w:rsid w:val="00C97BCA"/>
     <w:rsid w:val="00CA0AD9"/>
     <w:rsid w:val="00CA2A52"/>
     <w:rsid w:val="00CA3FF8"/>
     <w:rsid w:val="00CA5AAA"/>
@@ -9492,50 +7604,51 @@
     <w:rsid w:val="00CD5E3C"/>
     <w:rsid w:val="00CD66CB"/>
     <w:rsid w:val="00CE1602"/>
     <w:rsid w:val="00CE1EB2"/>
     <w:rsid w:val="00CE23CF"/>
     <w:rsid w:val="00CE7559"/>
     <w:rsid w:val="00CF2D85"/>
     <w:rsid w:val="00CF4572"/>
     <w:rsid w:val="00CF471A"/>
     <w:rsid w:val="00CF7403"/>
     <w:rsid w:val="00D03A82"/>
     <w:rsid w:val="00D03F39"/>
     <w:rsid w:val="00D23B46"/>
     <w:rsid w:val="00D2470F"/>
     <w:rsid w:val="00D30CEB"/>
     <w:rsid w:val="00D444BA"/>
     <w:rsid w:val="00D44589"/>
     <w:rsid w:val="00D44A6F"/>
     <w:rsid w:val="00D4679E"/>
     <w:rsid w:val="00D56C1B"/>
     <w:rsid w:val="00D5798C"/>
     <w:rsid w:val="00D57E83"/>
     <w:rsid w:val="00D62A21"/>
     <w:rsid w:val="00D64F01"/>
     <w:rsid w:val="00D71D2D"/>
+    <w:rsid w:val="00D72BEB"/>
     <w:rsid w:val="00D732BB"/>
     <w:rsid w:val="00D77C03"/>
     <w:rsid w:val="00D80994"/>
     <w:rsid w:val="00D82874"/>
     <w:rsid w:val="00D83A8A"/>
     <w:rsid w:val="00D85383"/>
     <w:rsid w:val="00D87D34"/>
     <w:rsid w:val="00D92EA9"/>
     <w:rsid w:val="00D93334"/>
     <w:rsid w:val="00D94C2C"/>
     <w:rsid w:val="00D967F3"/>
     <w:rsid w:val="00D96A59"/>
     <w:rsid w:val="00DA0A3E"/>
     <w:rsid w:val="00DA1C2A"/>
     <w:rsid w:val="00DB76CB"/>
     <w:rsid w:val="00DC0E1E"/>
     <w:rsid w:val="00DC30BE"/>
     <w:rsid w:val="00DD22BB"/>
     <w:rsid w:val="00DD27F4"/>
     <w:rsid w:val="00DD59FD"/>
     <w:rsid w:val="00DD5A4A"/>
     <w:rsid w:val="00DD7C3B"/>
     <w:rsid w:val="00DE4519"/>
     <w:rsid w:val="00DE52A4"/>
     <w:rsid w:val="00DF1929"/>
@@ -9563,50 +7676,51 @@
     <w:rsid w:val="00E6199B"/>
     <w:rsid w:val="00E63192"/>
     <w:rsid w:val="00E70003"/>
     <w:rsid w:val="00E80EB7"/>
     <w:rsid w:val="00E84A7D"/>
     <w:rsid w:val="00E90E84"/>
     <w:rsid w:val="00E92944"/>
     <w:rsid w:val="00E97430"/>
     <w:rsid w:val="00EA333E"/>
     <w:rsid w:val="00EB4E1A"/>
     <w:rsid w:val="00EB71EB"/>
     <w:rsid w:val="00EC2AE9"/>
     <w:rsid w:val="00ED698B"/>
     <w:rsid w:val="00EF260B"/>
     <w:rsid w:val="00EF3FDA"/>
     <w:rsid w:val="00F00201"/>
     <w:rsid w:val="00F114FF"/>
     <w:rsid w:val="00F11CD0"/>
     <w:rsid w:val="00F14144"/>
     <w:rsid w:val="00F20321"/>
     <w:rsid w:val="00F20E1A"/>
     <w:rsid w:val="00F26F6C"/>
     <w:rsid w:val="00F36127"/>
     <w:rsid w:val="00F42051"/>
     <w:rsid w:val="00F44595"/>
+    <w:rsid w:val="00F454D1"/>
     <w:rsid w:val="00F527E1"/>
     <w:rsid w:val="00F53639"/>
     <w:rsid w:val="00F55FE1"/>
     <w:rsid w:val="00F5670E"/>
     <w:rsid w:val="00F66CD2"/>
     <w:rsid w:val="00F709FB"/>
     <w:rsid w:val="00F71CF7"/>
     <w:rsid w:val="00F72926"/>
     <w:rsid w:val="00F8046D"/>
     <w:rsid w:val="00F82A92"/>
     <w:rsid w:val="00F92FD4"/>
     <w:rsid w:val="00F94616"/>
     <w:rsid w:val="00F94905"/>
     <w:rsid w:val="00FA5673"/>
     <w:rsid w:val="00FA675A"/>
     <w:rsid w:val="00FA7A4F"/>
     <w:rsid w:val="00FC1752"/>
     <w:rsid w:val="00FC1F80"/>
     <w:rsid w:val="00FC2733"/>
     <w:rsid w:val="00FC54F8"/>
     <w:rsid w:val="00FD07ED"/>
     <w:rsid w:val="00FD124C"/>
     <w:rsid w:val="00FD1470"/>
     <w:rsid w:val="00FD31D1"/>
     <w:rsid w:val="00FD6697"/>
@@ -11739,51 +9853,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2126192408">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsc.li/43bjGql" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://science.cleapss.org.uk/Resource-Info/HC091a-Sodium-hydroxide.aspx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://science.cleapss.org.uk/Resource-Info/HC048-Hydrogen.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://science.cleapss.org.uk/Resource-Info/HC022a-Chlorine.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsc.li/43bjGql" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsc.li/3zyJLkx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsc.li/48FHu9J" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -12024,52 +10138,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E45D359969893149933A4D4A74E189F8" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="00948aae249440f3e294fc71be633884">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb" xmlns:ns3="9e3c562f-56b0-4bc9-96c8-d04b09868558" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4a3bcf4f1f21d38c3b01b4be5a40106a" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Editorialstage xmlns="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9e3c562f-56b0-4bc9-96c8-d04b09868558" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E45D359969893149933A4D4A74E189F8" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c9ddbf677461f5ce946e84a24e793234">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb" xmlns:ns3="9e3c562f-56b0-4bc9-96c8-d04b09868558" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb9b30395463f778bee975073577cb94" ns2:_="" ns3:_="">
     <xsd:import namespace="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb"/>
     <xsd:import namespace="9e3c562f-56b0-4bc9-96c8-d04b09868558"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:Editorialstage" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -12236,152 +10375,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A65BF28B-12A9-43D6-AF0C-588337C05B07}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DDB6DFA-FEE8-4B2F-BC8F-49C0E67A0135}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92891480-FC73-47AB-9780-27D4769F1E85}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb"/>
+    <ds:schemaRef ds:uri="9e3c562f-56b0-4bc9-96c8-d04b09868558"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99CBD4B3-C982-44F3-832E-9AAD55B5EA06}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CA1AFC6-0C44-4954-9663-CAEEE213E707}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb"/>
     <ds:schemaRef ds:uri="9e3c562f-56b0-4bc9-96c8-d04b09868558"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1512</Words>
-  <Characters>8592</Characters>
+  <Words>1262</Words>
+  <Characters>6593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>716</Lines>
-  <Paragraphs>265</Paragraphs>
+  <Lines>193</Lines>
+  <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Electrolysis of brine teacher notes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Royal Society of Chemistry</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9839</CharactersWithSpaces>
+  <CharactersWithSpaces>7864</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>5701637</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://science.cleapss.org.uk/Resource-Info/HC091a-Sodium-hydroxide.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5963845</vt:i4>
       </vt:variant>