--- v0 (2025-12-25)
+++ v1 (2026-02-11)
@@ -1,113 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="05A0FA8C" w14:textId="2C0EBCD6" w:rsidR="00953F31" w:rsidRDefault="000A6058" w:rsidP="00953F31">
       <w:pPr>
         <w:pStyle w:val="RSCH1"/>
       </w:pPr>
       <w:r>
         <w:t>Electrolysis of brine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F06A890" w14:textId="61B58D1E" w:rsidR="00706989" w:rsidRPr="00953F31" w:rsidRDefault="00706989" w:rsidP="00706989">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
       </w:pPr>
       <w:r w:rsidRPr="00706989">
         <w:t>Learning objectives</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14EA77AC" w14:textId="27DAB97C" w:rsidR="00747545" w:rsidRPr="0049734A" w:rsidRDefault="00F81350" w:rsidP="00747545">
       <w:pPr>
         <w:pStyle w:val="RSCLearningobjectives"/>
       </w:pPr>
-      <w:commentRangeStart w:id="0"/>
-      <w:commentRangeStart w:id="1"/>
       <w:r>
-        <w:t>Safely investigate the electrolysis of brine</w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Safely investigate the electrolysis of brine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FDBF4E" w14:textId="66537666" w:rsidR="00747545" w:rsidRPr="0049734A" w:rsidRDefault="00B94E00" w:rsidP="00747545">
       <w:pPr>
         <w:pStyle w:val="RSCLearningobjectives"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">State and describe </w:t>
       </w:r>
       <w:r w:rsidR="00243A65">
         <w:t xml:space="preserve">your </w:t>
       </w:r>
       <w:r w:rsidR="00F81350">
         <w:t>observations for the electrolysis of brine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26321F57" w14:textId="12EC60CE" w:rsidR="00B94E00" w:rsidRDefault="00B94E00" w:rsidP="00B94E00">
       <w:pPr>
         <w:pStyle w:val="RSCLearningobjectives"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Apply </w:t>
       </w:r>
       <w:r w:rsidR="00243A65">
         <w:t xml:space="preserve">your </w:t>
@@ -168,52 +140,52 @@
     <w:p w14:paraId="250DD669" w14:textId="77777777" w:rsidR="00D00659" w:rsidRDefault="00D00659" w:rsidP="00D00659">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE74EBE" w14:textId="77777777" w:rsidR="00D00659" w:rsidRDefault="00D00659" w:rsidP="00D00659">
       <w:pPr>
         <w:pStyle w:val="RSCH3"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D00659" w:rsidSect="00D00659">
-          <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="533" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AC48546" w14:textId="77777777" w:rsidR="00D00659" w:rsidRDefault="00D00659" w:rsidP="00D00659">
       <w:pPr>
         <w:pStyle w:val="RSCH3"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F42051">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
@@ -477,546 +449,500 @@
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D00659" w:rsidRPr="0083637F">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>odium chloride (table salt</w:t>
       </w:r>
       <w:r w:rsidR="00D00659">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B3E4A8" w14:textId="6AB0D2C0" w:rsidR="00D00659" w:rsidRDefault="00454168" w:rsidP="00D00659">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="2" w:author="Kirsty Patterson" w:date="2025-12-12T14:40:00Z" w16du:dateUtc="2025-12-12T14:40:00Z">
-[...50 lines deleted...]
-                      </a:ln>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="367EA120" wp14:editId="61C3B5DF">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>6985</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="357505" cy="359410"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1716856314" name="Picture 1" descr="Hazard symbol: flammable"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1716856314" name="Picture 1" descr="Hazard symbol: flammable"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...12 lines deleted...]
-      </w:ins>
+                    </a:blip>
+                    <a:srcRect l="10082" t="3565" r="9373" b="19803"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="357505" cy="359410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r w:rsidR="005A1FB1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00D00659" w:rsidRPr="00500ACF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">niversal indicator solution </w:t>
-[...16 lines deleted...]
-        <w:commentReference w:id="3"/>
+        <w:t>niversal indicator solution (FLAMMABLE)</w:t>
       </w:r>
       <w:r w:rsidR="007F0285">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A57C3DE" w14:textId="0A47C18E" w:rsidR="00D00659" w:rsidRDefault="005A1FB1" w:rsidP="00D00659">
       <w:pPr>
         <w:pStyle w:val="RSCBulletedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D00659" w:rsidSect="00D00659">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="533" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D00659" w:rsidRPr="00500ACF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>istilled water</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5401F663" w14:textId="77777777" w:rsidR="00D00659" w:rsidRDefault="00D00659" w:rsidP="00D00659">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
       </w:pPr>
       <w:r>
         <w:t>Health and safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1ED7B1" w14:textId="17D4CEAA" w:rsidR="00C07E57" w:rsidRPr="006C22B1" w:rsidRDefault="00C07E57">
+    <w:p w14:paraId="7A1ED7B1" w14:textId="17D4CEAA" w:rsidR="00C07E57" w:rsidRPr="006C22B1" w:rsidRDefault="00C07E57" w:rsidP="00C82884">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
         <w:rPr>
-          <w:ins w:id="4" w:author="Kirsty Patterson" w:date="2025-12-15T09:53:00Z" w16du:dateUtc="2025-12-15T09:53:00Z"/>
-[...59 lines deleted...]
-                      </a:ln>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66040706" wp14:editId="4738C774">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5346651</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>176481</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="357505" cy="359410"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="945233862" name="Picture 1" descr="Hazard symbol: flammable"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="945233862" name="Picture 1" descr="Hazard symbol: flammable"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...12 lines deleted...]
-      </w:ins>
+                    </a:blip>
+                    <a:srcRect l="10082" t="3565" r="9373" b="19803"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="357505" cy="359410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r w:rsidR="00D00659">
         <w:t xml:space="preserve">Wear </w:t>
       </w:r>
       <w:r w:rsidR="005240D0">
         <w:t>safety glasses</w:t>
       </w:r>
       <w:r w:rsidR="00D00659">
         <w:t xml:space="preserve"> throughout</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:ins w:id="7" w:author="Kirsty Patterson" w:date="2025-12-15T09:53:00Z" w16du:dateUtc="2025-12-15T09:53:00Z">
-[...6 lines deleted...]
-      </w:ins>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>especially when clearing up the experiment.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6A560C87" w14:textId="7409820B" w:rsidR="00D00659" w:rsidRDefault="00140567" w:rsidP="00C07E57">
       <w:pPr>
         <w:pStyle w:val="RSCBasictext"/>
       </w:pPr>
-      <w:ins w:id="8" w:author="Kirsty Patterson" w:date="2025-12-15T09:53:00Z" w16du:dateUtc="2025-12-15T09:53:00Z">
-[...50 lines deleted...]
-                      </a:ln>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="405226F5" wp14:editId="76B25EF9">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>760095</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="357505" cy="359410"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="2540"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="227877781" name="Picture 1" descr="Hazard symbol: corrosive"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="227877781" name="Picture 1" descr="Hazard symbol: corrosive"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...62 lines deleted...]
-                      </a:ln>
+                    </a:blip>
+                    <a:srcRect l="7884" t="2021" r="8903" b="18808"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="357505" cy="359410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C5C9BA1" wp14:editId="3F437FB8">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>316865</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="392430" cy="395605"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="4445"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2094762241" name="Picture 2" descr="Hazard symbol: toxic"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2094762241" name="Picture 2" descr="Hazard symbol: toxic"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...56 lines deleted...]
-                      </a:ln>
+                    </a:blip>
+                    <a:srcRect l="13889" t="3114" r="4963" b="19377"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="392430" cy="395605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49FCB5A5" wp14:editId="4F25176D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="rightMargin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>312420</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="392430" cy="395605"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="4445"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1714542968" name="Picture 2" descr="Hazard symbol: Dangerous for the environment"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1714542968" name="Picture 2" descr="Hazard symbol: Dangerous for the environment"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                          <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
-                    </pic:spPr>
-[...54 lines deleted...]
-      </w:ins>
+                    </a:blip>
+                    <a:srcRect l="10085" t="2310" r="7628" b="19201"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="392430" cy="395605"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00C07E57" w:rsidRPr="00072297">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The products of the electrolysis of the salt solution are all more hazardous than the starting materials. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07E57">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">One of the products is </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07E57" w:rsidRPr="00072297">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>EXTREMELY FLAMMABLE</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07E57">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a second product is </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07E57">
+        <w:t xml:space="preserve">TOXIC and DANGEROUS FOR THE ENVIRONMENT and a third product is </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07E57" w:rsidRPr="00072297">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>CORROSIVE.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="15D8F24E" w14:textId="77777777" w:rsidR="00D00659" w:rsidRDefault="00D00659">
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:outlineLvl w:val="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF966C8" w14:textId="3D41B4E3" w:rsidR="00A8499A" w:rsidRDefault="00155C28" w:rsidP="00155C28">
       <w:pPr>
         <w:pStyle w:val="RSCH2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
@@ -1701,92 +1627,81 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="253AC6F9" wp14:editId="5AF014B3">
             <wp:extent cx="2919047" cy="2919047"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="684264842" name="Picture 1" descr="A diagram showing the equipment required for the electrolysis of brine or sodium chloride solution, using a U-shaped test tube"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="684264842" name="Picture 1" descr="A diagram showing the equipment required for the electrolysis of brine or sodium chloride solution, using a U-shaped test tube"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21" cstate="print">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2925239" cy="2925239"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:commentRangeStart w:id="15"/>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="77FEEDAD" w14:textId="77777777" w:rsidR="009851D6" w:rsidRDefault="009851D6" w:rsidP="009851D6">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AD5FCAE" w14:textId="7F333D4C" w:rsidR="009851D6" w:rsidRDefault="009851D6" w:rsidP="002A5AE0">
       <w:pPr>
         <w:pStyle w:val="RSCnumberedlist"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF693F">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Wash the carbon electrodes carefully in distilled water and then fix them so that there is about 3 cm of electrode in each side of the U-tube – see diagram. This is most easily done using electrode holders.</w:t>
@@ -2218,185 +2133,73 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5805B32B" w14:textId="442D6B81" w:rsidR="00304E95" w:rsidRPr="00D257AA" w:rsidRDefault="00D92BFD" w:rsidP="00CE3A11">
       <w:pPr>
         <w:pStyle w:val="RSCUnderline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00304E95">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00304E95" w:rsidRPr="00D257AA" w:rsidSect="000F0996">
-      <w:headerReference w:type="default" r:id="rId22"/>
-      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="431" w:footer="533" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...110 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="413798EC" w14:textId="77777777" w:rsidR="0002119F" w:rsidRDefault="0002119F" w:rsidP="00C51F51">
+    <w:p w14:paraId="4866EF13" w14:textId="77777777" w:rsidR="00372F6D" w:rsidRDefault="00372F6D" w:rsidP="00C51F51">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48F4AB80" w14:textId="77777777" w:rsidR="0002119F" w:rsidRDefault="0002119F" w:rsidP="00C51F51">
+    <w:p w14:paraId="6D14B59D" w14:textId="77777777" w:rsidR="00372F6D" w:rsidRDefault="00372F6D" w:rsidP="00C51F51">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
@@ -2695,94 +2498,168 @@
     </w:r>
     <w:r w:rsidR="0003111F">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="001C6249">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Royal Society of Chemistry</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="04C98CFB" w14:textId="77777777" w:rsidR="005A4319" w:rsidRDefault="005A4319"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="388ADDB6" w14:textId="77777777" w:rsidR="0002119F" w:rsidRDefault="0002119F" w:rsidP="00C51F51">
+    <w:p w14:paraId="25E4932A" w14:textId="77777777" w:rsidR="00372F6D" w:rsidRDefault="00372F6D" w:rsidP="00C51F51">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BEB2107" w14:textId="77777777" w:rsidR="0002119F" w:rsidRDefault="0002119F" w:rsidP="00C51F51">
+    <w:p w14:paraId="76730D66" w14:textId="77777777" w:rsidR="00372F6D" w:rsidRDefault="00372F6D" w:rsidP="00C51F51">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="022B8BB6" w14:textId="14DACA31" w:rsidR="00D00659" w:rsidRDefault="00D00659" w:rsidP="00580215">
+  <w:p w14:paraId="022B8BB6" w14:textId="153508C9" w:rsidR="00D00659" w:rsidRDefault="00C82884" w:rsidP="00580215">
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:ind w:right="-850"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="C8102E"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65D60BAD" wp14:editId="5F8ADB0A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D01FDC0" wp14:editId="26DEB8B1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>1590675</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>90615</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="236855" cy="237490"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="14" name="Picture 14">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="236855" cy="237490"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00D00659">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:color w:val="C8102E"/>
+        <w:sz w:val="30"/>
+        <w:szCs w:val="30"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65D60BAD" wp14:editId="2E9EC656">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1310640</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>88265</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="236855" cy="237490"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="13" name="Picture 13">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3">
@@ -2801,125 +2678,51 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="236855" cy="237490"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...73 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="00D00659">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="C8102E"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E079499" wp14:editId="7564B272">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-540385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>36195</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1789200" cy="356400"/>
           <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -2953,51 +2756,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1789200" cy="356400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D00659">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="C8102E"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F6499D3" wp14:editId="726F2D5C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-914400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-267335</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7569200" cy="10711433"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -3031,76 +2834,76 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm flipH="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="7569200" cy="10711433"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="001A1B79">
+    <w:r w:rsidR="00D00659" w:rsidRPr="001A1B79">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D00659">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C8102E"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:t>Nuffield practical collection</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D00659">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="004976"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D00659">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>14–16 years</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5B9B7179" w14:textId="72C3A66C" w:rsidR="00D00659" w:rsidRDefault="00D00659" w:rsidP="007160F5">
     <w:pPr>
       <w:pStyle w:val="RSCURL"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:t>Available from</w:t>
     </w:r>
     <w:r w:rsidRPr="00092796">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
@@ -3108,76 +2911,150 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:hyperlink r:id="rId4" w:history="1">
       <w:r w:rsidR="007F178A" w:rsidRPr="007F178A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="C00000"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>rsc.li/48FHu9J</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="007F178A" w:rsidRPr="007F178A">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="755D1D2D" w14:textId="77777777" w:rsidR="00D00659" w:rsidRDefault="00D00659"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5CF34628" w14:textId="1FD33EBF" w:rsidR="00B46E49" w:rsidRDefault="007160F5" w:rsidP="00580215">
+  <w:p w14:paraId="5CF34628" w14:textId="47656C20" w:rsidR="00B46E49" w:rsidRDefault="00C82884" w:rsidP="00580215">
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:ind w:right="-850"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="C8102E"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E21E42B" wp14:editId="7E1DE26C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1721AFD4" wp14:editId="2DC93378">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>1590675</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>78740</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="236855" cy="237490"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2058928569" name="Picture 2058928569">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="236855" cy="237490"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="007160F5">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:color w:val="C8102E"/>
+        <w:sz w:val="30"/>
+        <w:szCs w:val="30"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E21E42B" wp14:editId="7A279C23">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1310640</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>88265</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="236855" cy="237490"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="884700089" name="Picture 884700089">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3">
@@ -3196,210 +3073,62 @@
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="236855" cy="237490"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...146 lines deleted...]
-    </w:r>
     <w:r w:rsidR="006453E2">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="C8102E"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F7A55D7" wp14:editId="2E2C1464">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F7A55D7" wp14:editId="27546528">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-540385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>36195</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1789200" cy="356400"/>
           <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1761566679" name="Picture 1761566679">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1761566679" name="Picture 1761566679">
@@ -3603,78 +3332,78 @@
       <w:t>–1</w:t>
     </w:r>
     <w:r w:rsidR="00283DFC">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="004A36E7">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> years</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1D2B5C70" w14:textId="47EE3B48" w:rsidR="00EB7352" w:rsidRDefault="001A1B79" w:rsidP="007160F5">
+  <w:p w14:paraId="1D2B5C70" w14:textId="3D3EDC47" w:rsidR="00EB7352" w:rsidRDefault="001A1B79" w:rsidP="007160F5">
     <w:pPr>
       <w:pStyle w:val="RSCURL"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:t>Available</w:t>
     </w:r>
     <w:r w:rsidR="00845B7C">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:t xml:space="preserve"> from</w:t>
     </w:r>
     <w:r w:rsidR="00EA2264" w:rsidRPr="00092796">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00EA2264" w:rsidRPr="001A1B79">
       <w:t>rsc.li/</w:t>
     </w:r>
-    <w:r w:rsidR="00730B6E" w:rsidRPr="00730B6E">
-      <w:t>wheelbarrow</w:t>
+    <w:r w:rsidR="009F1F34" w:rsidRPr="009F1F34">
+      <w:t>48FHu9J</w:t>
     </w:r>
     <w:r w:rsidR="005E1925">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="550CF737" w14:textId="77777777" w:rsidR="005A4319" w:rsidRDefault="005A4319"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="52F4B66C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
@@ -6050,65 +5779,58 @@
   <w:num w:numId="44" w16cid:durableId="387922563">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="974335176">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="986859178">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="284507320">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:revisionView w:markup="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C44F0"/>
@@ -6231,50 +5953,51 @@
     <w:rsid w:val="00133888"/>
     <w:rsid w:val="00133A3E"/>
     <w:rsid w:val="0013731C"/>
     <w:rsid w:val="00140567"/>
     <w:rsid w:val="00144CDA"/>
     <w:rsid w:val="0015105E"/>
     <w:rsid w:val="001547A9"/>
     <w:rsid w:val="00154EEB"/>
     <w:rsid w:val="00155C28"/>
     <w:rsid w:val="00161950"/>
     <w:rsid w:val="00164B56"/>
     <w:rsid w:val="00170FA5"/>
     <w:rsid w:val="001714D0"/>
     <w:rsid w:val="001806ED"/>
     <w:rsid w:val="001831DC"/>
     <w:rsid w:val="00184B61"/>
     <w:rsid w:val="00185427"/>
     <w:rsid w:val="001906BA"/>
     <w:rsid w:val="001968DC"/>
     <w:rsid w:val="00196EFF"/>
     <w:rsid w:val="001A1B79"/>
     <w:rsid w:val="001A251E"/>
     <w:rsid w:val="001A27D9"/>
     <w:rsid w:val="001A2F7C"/>
     <w:rsid w:val="001A5E39"/>
+    <w:rsid w:val="001A6C18"/>
     <w:rsid w:val="001A7A4D"/>
     <w:rsid w:val="001B1555"/>
     <w:rsid w:val="001B2292"/>
     <w:rsid w:val="001B5474"/>
     <w:rsid w:val="001C23F6"/>
     <w:rsid w:val="001C290F"/>
     <w:rsid w:val="001C6470"/>
     <w:rsid w:val="001D1D7A"/>
     <w:rsid w:val="001D5469"/>
     <w:rsid w:val="001D57A7"/>
     <w:rsid w:val="001D7B9F"/>
     <w:rsid w:val="001E2DA2"/>
     <w:rsid w:val="001E3DB4"/>
     <w:rsid w:val="001E61FF"/>
     <w:rsid w:val="001F0451"/>
     <w:rsid w:val="001F2C34"/>
     <w:rsid w:val="001F530C"/>
     <w:rsid w:val="001F5394"/>
     <w:rsid w:val="001F708C"/>
     <w:rsid w:val="001F73C1"/>
     <w:rsid w:val="00200439"/>
     <w:rsid w:val="0020188D"/>
     <w:rsid w:val="00202F49"/>
     <w:rsid w:val="00203039"/>
     <w:rsid w:val="00204957"/>
@@ -6373,93 +6096,95 @@
     <w:rsid w:val="00324BA5"/>
     <w:rsid w:val="00325444"/>
     <w:rsid w:val="00327D2E"/>
     <w:rsid w:val="003306A0"/>
     <w:rsid w:val="00330E9E"/>
     <w:rsid w:val="00331D3D"/>
     <w:rsid w:val="00334372"/>
     <w:rsid w:val="00334C46"/>
     <w:rsid w:val="0033529C"/>
     <w:rsid w:val="00336CB7"/>
     <w:rsid w:val="0034189A"/>
     <w:rsid w:val="00341A5E"/>
     <w:rsid w:val="00342FEE"/>
     <w:rsid w:val="00343802"/>
     <w:rsid w:val="00344B7D"/>
     <w:rsid w:val="0034595D"/>
     <w:rsid w:val="00350232"/>
     <w:rsid w:val="00350B11"/>
     <w:rsid w:val="00357166"/>
     <w:rsid w:val="003620C7"/>
     <w:rsid w:val="00363C2F"/>
     <w:rsid w:val="003642B4"/>
     <w:rsid w:val="00364919"/>
     <w:rsid w:val="00367470"/>
     <w:rsid w:val="00367A2D"/>
+    <w:rsid w:val="00372F6D"/>
     <w:rsid w:val="00376E7E"/>
     <w:rsid w:val="003811A9"/>
     <w:rsid w:val="003845BF"/>
     <w:rsid w:val="00392607"/>
     <w:rsid w:val="0039430F"/>
     <w:rsid w:val="003946FE"/>
     <w:rsid w:val="00394A9D"/>
     <w:rsid w:val="00396469"/>
     <w:rsid w:val="00396481"/>
     <w:rsid w:val="003A28A5"/>
     <w:rsid w:val="003A5C87"/>
     <w:rsid w:val="003B120F"/>
     <w:rsid w:val="003B1737"/>
     <w:rsid w:val="003B1B2A"/>
     <w:rsid w:val="003B3284"/>
     <w:rsid w:val="003B431D"/>
     <w:rsid w:val="003C14A2"/>
     <w:rsid w:val="003C1583"/>
     <w:rsid w:val="003C19FC"/>
     <w:rsid w:val="003C1F78"/>
     <w:rsid w:val="003C4116"/>
     <w:rsid w:val="003C5B91"/>
     <w:rsid w:val="003D3DC2"/>
     <w:rsid w:val="003D560B"/>
     <w:rsid w:val="003D62C1"/>
     <w:rsid w:val="003D6DD9"/>
     <w:rsid w:val="003D771A"/>
     <w:rsid w:val="003E0F75"/>
     <w:rsid w:val="003E149D"/>
     <w:rsid w:val="003E1DD5"/>
     <w:rsid w:val="003E20FC"/>
     <w:rsid w:val="003E5946"/>
     <w:rsid w:val="003E5B13"/>
     <w:rsid w:val="003E7C69"/>
     <w:rsid w:val="003F0BEA"/>
     <w:rsid w:val="003F124B"/>
     <w:rsid w:val="003F3B01"/>
     <w:rsid w:val="003F51FD"/>
     <w:rsid w:val="003F69D9"/>
     <w:rsid w:val="003F7382"/>
     <w:rsid w:val="003F7EDE"/>
     <w:rsid w:val="004009B8"/>
     <w:rsid w:val="00403673"/>
+    <w:rsid w:val="004050D2"/>
     <w:rsid w:val="00407A0A"/>
     <w:rsid w:val="00411F2B"/>
     <w:rsid w:val="00412411"/>
     <w:rsid w:val="004156B6"/>
     <w:rsid w:val="00415D5A"/>
     <w:rsid w:val="00416540"/>
     <w:rsid w:val="00417257"/>
     <w:rsid w:val="00420029"/>
     <w:rsid w:val="00420A14"/>
     <w:rsid w:val="00421BF6"/>
     <w:rsid w:val="00421DC5"/>
     <w:rsid w:val="0042614E"/>
     <w:rsid w:val="004261BB"/>
     <w:rsid w:val="004265A5"/>
     <w:rsid w:val="00431CC4"/>
     <w:rsid w:val="004321CD"/>
     <w:rsid w:val="00434027"/>
     <w:rsid w:val="004345EE"/>
     <w:rsid w:val="00435D98"/>
     <w:rsid w:val="00440A92"/>
     <w:rsid w:val="004421D1"/>
     <w:rsid w:val="004463A0"/>
     <w:rsid w:val="00446DAA"/>
     <w:rsid w:val="00447805"/>
     <w:rsid w:val="00451722"/>
@@ -6474,50 +6199,51 @@
     <w:rsid w:val="004658D7"/>
     <w:rsid w:val="00466E24"/>
     <w:rsid w:val="00470A3A"/>
     <w:rsid w:val="0047293A"/>
     <w:rsid w:val="00472E80"/>
     <w:rsid w:val="00475C69"/>
     <w:rsid w:val="00477C53"/>
     <w:rsid w:val="004813AB"/>
     <w:rsid w:val="00481F08"/>
     <w:rsid w:val="0048617A"/>
     <w:rsid w:val="00486CCB"/>
     <w:rsid w:val="00487188"/>
     <w:rsid w:val="0049117E"/>
     <w:rsid w:val="004929F1"/>
     <w:rsid w:val="00493819"/>
     <w:rsid w:val="00495705"/>
     <w:rsid w:val="00496978"/>
     <w:rsid w:val="00496DD4"/>
     <w:rsid w:val="0049734A"/>
     <w:rsid w:val="004A36E7"/>
     <w:rsid w:val="004A5C3E"/>
     <w:rsid w:val="004B2318"/>
     <w:rsid w:val="004B3C1B"/>
     <w:rsid w:val="004B491D"/>
     <w:rsid w:val="004B4E9D"/>
+    <w:rsid w:val="004C0B20"/>
     <w:rsid w:val="004C2954"/>
     <w:rsid w:val="004C317E"/>
     <w:rsid w:val="004C54E4"/>
     <w:rsid w:val="004C7173"/>
     <w:rsid w:val="004D038C"/>
     <w:rsid w:val="004D0DA6"/>
     <w:rsid w:val="004D0FF8"/>
     <w:rsid w:val="004D3C89"/>
     <w:rsid w:val="004D4D5D"/>
     <w:rsid w:val="004E1D97"/>
     <w:rsid w:val="004E283C"/>
     <w:rsid w:val="004E2D4A"/>
     <w:rsid w:val="004E35A4"/>
     <w:rsid w:val="004E6D44"/>
     <w:rsid w:val="004E7DE0"/>
     <w:rsid w:val="004F1810"/>
     <w:rsid w:val="004F5D02"/>
     <w:rsid w:val="004F5E69"/>
     <w:rsid w:val="004F6690"/>
     <w:rsid w:val="005000BF"/>
     <w:rsid w:val="00500589"/>
     <w:rsid w:val="005019D9"/>
     <w:rsid w:val="0050206B"/>
     <w:rsid w:val="00502D0A"/>
     <w:rsid w:val="00504B2F"/>
@@ -6698,50 +6424,51 @@
     <w:rsid w:val="007136E5"/>
     <w:rsid w:val="00713D02"/>
     <w:rsid w:val="00713DF8"/>
     <w:rsid w:val="007160F5"/>
     <w:rsid w:val="00716A8B"/>
     <w:rsid w:val="00716B81"/>
     <w:rsid w:val="00716E42"/>
     <w:rsid w:val="00717CA3"/>
     <w:rsid w:val="0072147E"/>
     <w:rsid w:val="007223CF"/>
     <w:rsid w:val="00722F2C"/>
     <w:rsid w:val="00722F36"/>
     <w:rsid w:val="00723122"/>
     <w:rsid w:val="00723176"/>
     <w:rsid w:val="00730B6E"/>
     <w:rsid w:val="007323D9"/>
     <w:rsid w:val="007328BF"/>
     <w:rsid w:val="007337AE"/>
     <w:rsid w:val="00736435"/>
     <w:rsid w:val="00737FCA"/>
     <w:rsid w:val="00742794"/>
     <w:rsid w:val="00742E84"/>
     <w:rsid w:val="00746D9A"/>
     <w:rsid w:val="00747545"/>
     <w:rsid w:val="00751C1F"/>
+    <w:rsid w:val="00752075"/>
     <w:rsid w:val="00752CBB"/>
     <w:rsid w:val="00753719"/>
     <w:rsid w:val="00753940"/>
     <w:rsid w:val="00754A45"/>
     <w:rsid w:val="00756B12"/>
     <w:rsid w:val="00757152"/>
     <w:rsid w:val="00760DE6"/>
     <w:rsid w:val="00763DA3"/>
     <w:rsid w:val="00767982"/>
     <w:rsid w:val="007730DE"/>
     <w:rsid w:val="00775411"/>
     <w:rsid w:val="0077545E"/>
     <w:rsid w:val="00776C72"/>
     <w:rsid w:val="00776FB7"/>
     <w:rsid w:val="007777A2"/>
     <w:rsid w:val="00783478"/>
     <w:rsid w:val="00786966"/>
     <w:rsid w:val="0079329D"/>
     <w:rsid w:val="007934DC"/>
     <w:rsid w:val="00794D42"/>
     <w:rsid w:val="007962B0"/>
     <w:rsid w:val="007A02F3"/>
     <w:rsid w:val="007A084A"/>
     <w:rsid w:val="007A10B2"/>
     <w:rsid w:val="007A1A13"/>
@@ -6761,50 +6488,51 @@
     <w:rsid w:val="007D1674"/>
     <w:rsid w:val="007D1806"/>
     <w:rsid w:val="007D18D2"/>
     <w:rsid w:val="007D19C1"/>
     <w:rsid w:val="007D2025"/>
     <w:rsid w:val="007D25DE"/>
     <w:rsid w:val="007D2B41"/>
     <w:rsid w:val="007D3761"/>
     <w:rsid w:val="007D6153"/>
     <w:rsid w:val="007E0346"/>
     <w:rsid w:val="007E109C"/>
     <w:rsid w:val="007E16AE"/>
     <w:rsid w:val="007E1DEC"/>
     <w:rsid w:val="007E35D3"/>
     <w:rsid w:val="007E3D38"/>
     <w:rsid w:val="007F0285"/>
     <w:rsid w:val="007F072B"/>
     <w:rsid w:val="007F178A"/>
     <w:rsid w:val="007F1AC8"/>
     <w:rsid w:val="007F31FA"/>
     <w:rsid w:val="007F374B"/>
     <w:rsid w:val="007F4099"/>
     <w:rsid w:val="007F4D98"/>
     <w:rsid w:val="007F76F2"/>
     <w:rsid w:val="00802588"/>
+    <w:rsid w:val="0080527D"/>
     <w:rsid w:val="00806DDB"/>
     <w:rsid w:val="00810732"/>
     <w:rsid w:val="00812B52"/>
     <w:rsid w:val="008137AF"/>
     <w:rsid w:val="00814013"/>
     <w:rsid w:val="008145E1"/>
     <w:rsid w:val="0081506D"/>
     <w:rsid w:val="0081598F"/>
     <w:rsid w:val="00823831"/>
     <w:rsid w:val="0082699C"/>
     <w:rsid w:val="00827C7D"/>
     <w:rsid w:val="00831056"/>
     <w:rsid w:val="0083123F"/>
     <w:rsid w:val="00832D8F"/>
     <w:rsid w:val="00834B9F"/>
     <w:rsid w:val="00834BCA"/>
     <w:rsid w:val="00835799"/>
     <w:rsid w:val="008359CE"/>
     <w:rsid w:val="00837431"/>
     <w:rsid w:val="00841525"/>
     <w:rsid w:val="008441AD"/>
     <w:rsid w:val="00844518"/>
     <w:rsid w:val="00845B7C"/>
     <w:rsid w:val="008508E4"/>
     <w:rsid w:val="008618F3"/>
@@ -6910,50 +6638,51 @@
     <w:rsid w:val="009851D6"/>
     <w:rsid w:val="00985810"/>
     <w:rsid w:val="00985916"/>
     <w:rsid w:val="00985C41"/>
     <w:rsid w:val="009868F8"/>
     <w:rsid w:val="00987C4B"/>
     <w:rsid w:val="00991AFD"/>
     <w:rsid w:val="00992106"/>
     <w:rsid w:val="009A0229"/>
     <w:rsid w:val="009A342C"/>
     <w:rsid w:val="009A5CFE"/>
     <w:rsid w:val="009B1035"/>
     <w:rsid w:val="009C1359"/>
     <w:rsid w:val="009C61BF"/>
     <w:rsid w:val="009C724E"/>
     <w:rsid w:val="009C75FC"/>
     <w:rsid w:val="009D2384"/>
     <w:rsid w:val="009D2C01"/>
     <w:rsid w:val="009D41B1"/>
     <w:rsid w:val="009E01F6"/>
     <w:rsid w:val="009E1115"/>
     <w:rsid w:val="009E17B6"/>
     <w:rsid w:val="009E2F76"/>
     <w:rsid w:val="009E6C29"/>
     <w:rsid w:val="009F0460"/>
+    <w:rsid w:val="009F1F34"/>
     <w:rsid w:val="009F3110"/>
     <w:rsid w:val="009F3D94"/>
     <w:rsid w:val="009F3FBF"/>
     <w:rsid w:val="00A03ADA"/>
     <w:rsid w:val="00A0567D"/>
     <w:rsid w:val="00A06224"/>
     <w:rsid w:val="00A07680"/>
     <w:rsid w:val="00A105CD"/>
     <w:rsid w:val="00A125D9"/>
     <w:rsid w:val="00A15071"/>
     <w:rsid w:val="00A161BC"/>
     <w:rsid w:val="00A16B12"/>
     <w:rsid w:val="00A222AD"/>
     <w:rsid w:val="00A22662"/>
     <w:rsid w:val="00A22837"/>
     <w:rsid w:val="00A25623"/>
     <w:rsid w:val="00A26DD8"/>
     <w:rsid w:val="00A313DA"/>
     <w:rsid w:val="00A31E3F"/>
     <w:rsid w:val="00A33366"/>
     <w:rsid w:val="00A341E8"/>
     <w:rsid w:val="00A356F4"/>
     <w:rsid w:val="00A35A10"/>
     <w:rsid w:val="00A429D0"/>
     <w:rsid w:val="00A4551D"/>
@@ -7104,50 +6833,51 @@
     <w:rsid w:val="00C37007"/>
     <w:rsid w:val="00C37C4A"/>
     <w:rsid w:val="00C42576"/>
     <w:rsid w:val="00C44E45"/>
     <w:rsid w:val="00C44F53"/>
     <w:rsid w:val="00C45CA1"/>
     <w:rsid w:val="00C46131"/>
     <w:rsid w:val="00C47043"/>
     <w:rsid w:val="00C51F51"/>
     <w:rsid w:val="00C5416B"/>
     <w:rsid w:val="00C544AE"/>
     <w:rsid w:val="00C55994"/>
     <w:rsid w:val="00C565C7"/>
     <w:rsid w:val="00C6382F"/>
     <w:rsid w:val="00C63969"/>
     <w:rsid w:val="00C63E99"/>
     <w:rsid w:val="00C64140"/>
     <w:rsid w:val="00C663C0"/>
     <w:rsid w:val="00C665FB"/>
     <w:rsid w:val="00C67207"/>
     <w:rsid w:val="00C73B60"/>
     <w:rsid w:val="00C76645"/>
     <w:rsid w:val="00C77EE9"/>
     <w:rsid w:val="00C8107F"/>
     <w:rsid w:val="00C8199C"/>
+    <w:rsid w:val="00C82884"/>
     <w:rsid w:val="00C84AFB"/>
     <w:rsid w:val="00C87965"/>
     <w:rsid w:val="00C9096E"/>
     <w:rsid w:val="00C925EA"/>
     <w:rsid w:val="00CA0E16"/>
     <w:rsid w:val="00CA2CDA"/>
     <w:rsid w:val="00CA3FF8"/>
     <w:rsid w:val="00CA4FE9"/>
     <w:rsid w:val="00CA5099"/>
     <w:rsid w:val="00CA6A3E"/>
     <w:rsid w:val="00CA7FD5"/>
     <w:rsid w:val="00CB10F6"/>
     <w:rsid w:val="00CB141F"/>
     <w:rsid w:val="00CB1BE1"/>
     <w:rsid w:val="00CB6529"/>
     <w:rsid w:val="00CB6E4B"/>
     <w:rsid w:val="00CC4195"/>
     <w:rsid w:val="00CC61AC"/>
     <w:rsid w:val="00CD2F1B"/>
     <w:rsid w:val="00CD426D"/>
     <w:rsid w:val="00CD5DAF"/>
     <w:rsid w:val="00CE0E23"/>
     <w:rsid w:val="00CE182F"/>
     <w:rsid w:val="00CE2382"/>
     <w:rsid w:val="00CE3A11"/>
@@ -7359,50 +7089,51 @@
     <w:rsid w:val="00F948E0"/>
     <w:rsid w:val="00F952CF"/>
     <w:rsid w:val="00F96EF2"/>
     <w:rsid w:val="00F97E8C"/>
     <w:rsid w:val="00FA4F11"/>
     <w:rsid w:val="00FA5D3D"/>
     <w:rsid w:val="00FA6481"/>
     <w:rsid w:val="00FB0B16"/>
     <w:rsid w:val="00FB1014"/>
     <w:rsid w:val="00FB206F"/>
     <w:rsid w:val="00FB2A0C"/>
     <w:rsid w:val="00FC35E6"/>
     <w:rsid w:val="00FC40E9"/>
     <w:rsid w:val="00FC514B"/>
     <w:rsid w:val="00FC6CEC"/>
     <w:rsid w:val="00FC72C8"/>
     <w:rsid w:val="00FC7B0D"/>
     <w:rsid w:val="00FD0C9D"/>
     <w:rsid w:val="00FD15EA"/>
     <w:rsid w:val="00FD1CD9"/>
     <w:rsid w:val="00FD1D3C"/>
     <w:rsid w:val="00FD20D2"/>
     <w:rsid w:val="00FD42E1"/>
     <w:rsid w:val="00FD57B5"/>
     <w:rsid w:val="00FE2459"/>
+    <w:rsid w:val="00FE50F7"/>
     <w:rsid w:val="00FE6534"/>
     <w:rsid w:val="00FF24B3"/>
     <w:rsid w:val="00FF31CE"/>
     <w:rsid w:val="00FF357F"/>
     <w:rsid w:val="00FF5382"/>
     <w:rsid w:val="00FF5AD8"/>
     <w:rsid w:val="00FF73C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -8501,51 +8232,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="452090249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsc.li/48FHu9J" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Starters%20for%2010%20-%20complete\1_1_5_RSC.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8816,54 +8547,75 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Editorialstage xmlns="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb" xsi:nil="true"/>
+    <TaxCatchAll xmlns="9e3c562f-56b0-4bc9-96c8-d04b09868558" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E45D359969893149933A4D4A74E189F8" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="00948aae249440f3e294fc71be633884">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb" xmlns:ns3="9e3c562f-56b0-4bc9-96c8-d04b09868558" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4a3bcf4f1f21d38c3b01b4be5a40106a" ns2:_="" ns3:_="">
     <xsd:import namespace="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb"/>
     <xsd:import namespace="9e3c562f-56b0-4bc9-96c8-d04b09868558"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:Editorialstage" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -9032,148 +8784,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58B4DDC1-CE0C-485D-805C-1760DB510E4F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17B9E6A3-E325-461F-8467-2CA615ECB59D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb"/>
+    <ds:schemaRef ds:uri="9e3c562f-56b0-4bc9-96c8-d04b09868558"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC7F42B0-0434-4904-8335-88C66506988C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CF2FFC1-948A-4EF6-80BD-306958C12C19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5c7d88b2-bc5d-47d8-b067-5f30c82b40fb"/>
     <ds:schemaRef ds:uri="9e3c562f-56b0-4bc9-96c8-d04b09868558"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>1_1_5_RSC</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>843</Words>
-  <Characters>4794</Characters>
+  <Words>616</Words>
+  <Characters>5060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>399</Lines>
-  <Paragraphs>148</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Electrolysis of brine student sheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Royal Society of Chemistry</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5489</CharactersWithSpaces>
+  <CharactersWithSpaces>5616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6815867</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://rsc.li/48FHu9J</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>